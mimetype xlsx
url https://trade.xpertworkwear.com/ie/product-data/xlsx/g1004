--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -372,51 +372,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>40.95</v>
       </c>
       <c r="L2">
-        <v>55.00000</v>
+        <v>53.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -441,51 +441,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>40.95</v>
       </c>
       <c r="L3">
-        <v>10.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -510,51 +510,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>40.95</v>
       </c>
       <c r="L4">
-        <v>125.00000</v>
+        <v>120.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -579,51 +579,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>40.95</v>
       </c>
       <c r="L5">
-        <v>327.00000</v>
+        <v>304.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -648,51 +648,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>40.95</v>
       </c>
       <c r="L6">
-        <v>381.00000</v>
+        <v>338.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -717,51 +717,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>40.95</v>
       </c>
       <c r="L7">
-        <v>351.00000</v>
+        <v>317.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -786,51 +786,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>40.95</v>
       </c>
       <c r="L8">
-        <v>59.00000</v>
+        <v>54.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -855,51 +855,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>40.95</v>
       </c>
       <c r="L9">
-        <v>275.00000</v>
+        <v>250.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -924,51 +924,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>40.95</v>
       </c>
       <c r="L10">
-        <v>117.00000</v>
+        <v>102.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -993,51 +993,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>40.95</v>
       </c>
       <c r="L11">
-        <v>29.00000</v>
+        <v>26.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>