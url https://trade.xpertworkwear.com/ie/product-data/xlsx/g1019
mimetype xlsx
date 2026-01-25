--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -239,51 +239,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W9"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="56"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="60"/>
     <col min="16" max="16" width="42"/>
     <col min="17" max="17" width="57"/>
     <col min="18" max="18" width="57"/>
     <col min="19" max="19" width="59"/>
     <col min="20" max="20" width="38"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -351,51 +351,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>57.95</v>
       </c>
       <c r="L2">
-        <v>33.00000</v>
+        <v>29.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -417,51 +417,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>57.95</v>
       </c>
       <c r="L3">
-        <v>1.00000</v>
+        <v>60.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -483,51 +483,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>57.95</v>
       </c>
       <c r="L4">
-        <v>0.00000</v>
+        <v>76.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -549,51 +549,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>57.95</v>
       </c>
       <c r="L5">
-        <v>0.00000</v>
+        <v>113.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -615,51 +615,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>57.95</v>
       </c>
       <c r="L6">
-        <v>0.00000</v>
+        <v>118.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -681,51 +681,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>57.95</v>
       </c>
       <c r="L7">
-        <v>23.00000</v>
+        <v>76.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -747,51 +747,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>57.95</v>
       </c>
       <c r="L8">
-        <v>0.00000</v>
+        <v>35.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -813,51 +813,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>57.95</v>
       </c>
       <c r="L9">
-        <v>0.00000</v>
+        <v>21.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.