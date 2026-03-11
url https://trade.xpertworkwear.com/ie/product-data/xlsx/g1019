--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -351,51 +351,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>57.95</v>
       </c>
       <c r="L2">
-        <v>29.00000</v>
+        <v>21.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -417,51 +417,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>57.95</v>
       </c>
       <c r="L3">
-        <v>60.00000</v>
+        <v>75.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -483,51 +483,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>57.95</v>
       </c>
       <c r="L4">
-        <v>76.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -615,51 +615,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>57.95</v>
       </c>
       <c r="L6">
-        <v>118.00000</v>
+        <v>130.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -681,51 +681,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>57.95</v>
       </c>
       <c r="L7">
-        <v>76.00000</v>
+        <v>47.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.
@@ -813,51 +813,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>57.95</v>
       </c>
       <c r="L9">
-        <v>21.00000</v>
+        <v>13.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The first of its kind, this is the fully waterproof slip-on style Dealer safety boot that you have been craving for. The Xpert PRO-X™ FORGE Waterproof Safety Dealer Boot combines years of experience and cutting edge development capabilities, to bring you a boot that really is waterproof and safe. Certified to S7L standards, meaning that in addition to all the typical safety features of an S3 boot, it also has a water resistant upper and is constructed with fully waterproof membrane lining. Composite Safety Toecap with 200J impact protection, and puncture resistant composite flexible midsole keeps the boot light and safe, and TPU reinforced heel and ankle support offers additional protection.  All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. The TPU Scuff cap will endure hours of abrasion if you spend a lot of time on your knees.  You can wear with confidence.