--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>13.95</v>
       </c>
       <c r="L3">
-        <v>155.00000</v>
+        <v>149.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>13.95</v>
       </c>
       <c r="L4">
-        <v>272.00000</v>
+        <v>249.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>13.95</v>
       </c>
       <c r="L5">
-        <v>242.00000</v>
+        <v>211.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -598,51 +598,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>13.95</v>
       </c>
       <c r="L6">
-        <v>208.00000</v>
+        <v>187.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>13.95</v>
       </c>
       <c r="L7">
-        <v>218.00000</v>
+        <v>215.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>13.95</v>
       </c>
       <c r="L8">
-        <v>107.00000</v>
+        <v>106.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>