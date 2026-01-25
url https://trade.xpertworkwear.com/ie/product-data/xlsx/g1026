--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>16.95</v>
       </c>
       <c r="L3">
-        <v>61.00000</v>
+        <v>41.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Jacket is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable cuffs and waistline keep it snug.  Contrasting side panels for style, this jacket is durable, functional, and tough, with quality built in as standard.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>16.95</v>
       </c>
       <c r="L4">
-        <v>85.00000</v>
+        <v>38.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Jacket is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable cuffs and waistline keep it snug.  Contrasting side panels for style, this jacket is durable, functional, and tough, with quality built in as standard.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>16.95</v>
       </c>
       <c r="L5">
-        <v>176.00000</v>
+        <v>121.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Jacket is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable cuffs and waistline keep it snug.  Contrasting side panels for style, this jacket is durable, functional, and tough, with quality built in as standard.</t>
@@ -598,51 +598,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>16.95</v>
       </c>
       <c r="L6">
-        <v>215.00000</v>
+        <v>179.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Jacket is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable cuffs and waistline keep it snug.  Contrasting side panels for style, this jacket is durable, functional, and tough, with quality built in as standard.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>16.95</v>
       </c>
       <c r="L7">
-        <v>161.00000</v>
+        <v>145.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Jacket is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable cuffs and waistline keep it snug.  Contrasting side panels for style, this jacket is durable, functional, and tough, with quality built in as standard.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>16.95</v>
       </c>
       <c r="L8">
-        <v>53.00000</v>
+        <v>46.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Jacket is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable cuffs and waistline keep it snug.  Contrasting side panels for style, this jacket is durable, functional, and tough, with quality built in as standard.</t>