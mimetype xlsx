--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -167,51 +167,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W2"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="50"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="33"/>
     <col min="16" max="16" width="25"/>
     <col min="17" max="17" width="28"/>
     <col min="18" max="18" width="24"/>
     <col min="19" max="19" width="48"/>
     <col min="20" max="20" width="13"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -279,51 +279,51 @@
       <c r="D2">
         <v>606</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="2">
         <v>5.50</v>
       </c>
       <c r="L2">
-        <v>36.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
       <c r="S2" t="s">
         <v>30</v>
       </c>
       <c r="T2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>These TuffStuff Extreme Hydrovent Cushioned Work Socks are the ultimate sock for anyone on their feet all day. With moisture away properites, ribbed leg for improved fit and arch support. For comfort these have fully cushioned foot bases, with a reinforced heel and toe for the ultimate comfort levels.</t>