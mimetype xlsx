--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -167,51 +167,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W2"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="50"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="8"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="33"/>
     <col min="16" max="16" width="25"/>
     <col min="17" max="17" width="28"/>
     <col min="18" max="18" width="24"/>
     <col min="19" max="19" width="48"/>
     <col min="20" max="20" width="13"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -279,51 +279,51 @@
       <c r="D2">
         <v>606</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="2">
         <v>5.50</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
       <c r="S2" t="s">
         <v>30</v>
       </c>
       <c r="T2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>These TuffStuff Extreme Hydrovent Cushioned Work Socks are the ultimate sock for anyone on their feet all day. With moisture away properites, ribbed leg for improved fit and arch support. For comfort these have fully cushioned foot bases, with a reinforced heel and toe for the ultimate comfort levels.</t>