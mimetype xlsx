--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -531,51 +531,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.50</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -595,51 +595,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034211</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.50</v>
       </c>
       <c r="L3">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -659,51 +659,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.50</v>
       </c>
       <c r="L4">
-        <v>22.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -723,51 +723,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.50</v>
       </c>
       <c r="L5">
-        <v>13.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -851,51 +851,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.50</v>
       </c>
       <c r="L7">
-        <v>12.00000</v>
+        <v>19.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -915,51 +915,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62034211</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>18.50</v>
       </c>
       <c r="L8">
-        <v>23.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -979,51 +979,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62034211</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>18.50</v>
       </c>
       <c r="L9">
-        <v>5.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1043,51 +1043,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.50</v>
       </c>
       <c r="L10">
-        <v>41.00000</v>
+        <v>13.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1107,51 +1107,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>62034211</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>18.50</v>
       </c>
       <c r="L11">
-        <v>4.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M11">
         <v>20</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1171,51 +1171,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>62034211</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>18.50</v>
       </c>
       <c r="L12">
-        <v>9.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
       <c r="T12" t="s">
         <v>34</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1235,51 +1235,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>62034211</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>18.50</v>
       </c>
       <c r="L13">
-        <v>14.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M13">
         <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1299,51 +1299,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>62034211</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>18.50</v>
       </c>
       <c r="L14">
-        <v>5.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M14">
         <v>20</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1427,51 +1427,51 @@
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" t="s">
         <v>26</v>
       </c>
       <c r="H16">
         <v>62034211</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2">
         <v>18.50</v>
       </c>
       <c r="L16">
-        <v>11.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M16">
         <v>20</v>
       </c>
       <c r="O16" t="s">
         <v>29</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
       <c r="T16" t="s">
         <v>34</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1491,51 +1491,51 @@
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>79</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17">
         <v>62034211</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="2">
         <v>18.50</v>
       </c>
       <c r="L17">
-        <v>10.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M17">
         <v>20</v>
       </c>
       <c r="O17" t="s">
         <v>29</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="Q17" t="s">
         <v>31</v>
       </c>
       <c r="R17" t="s">
         <v>32</v>
       </c>
       <c r="S17" t="s">
         <v>33</v>
       </c>
       <c r="T17" t="s">
         <v>34</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1619,51 +1619,51 @@
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>26</v>
       </c>
       <c r="H19">
         <v>62034211</v>
       </c>
       <c r="I19" t="s">
         <v>27</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="2">
         <v>18.50</v>
       </c>
       <c r="L19">
-        <v>5.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M19">
         <v>20</v>
       </c>
       <c r="O19" t="s">
         <v>29</v>
       </c>
       <c r="P19" t="s">
         <v>30</v>
       </c>
       <c r="Q19" t="s">
         <v>31</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
         <v>33</v>
       </c>
       <c r="T19" t="s">
         <v>34</v>
       </c>
       <c r="U19" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1683,51 +1683,51 @@
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
       <c r="H20">
         <v>62034211</v>
       </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="2">
         <v>18.50</v>
       </c>
       <c r="L20">
-        <v>6.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M20">
         <v>20</v>
       </c>
       <c r="O20" t="s">
         <v>29</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="Q20" t="s">
         <v>31</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1811,51 +1811,51 @@
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>26</v>
       </c>
       <c r="H22">
         <v>62034211</v>
       </c>
       <c r="I22" t="s">
         <v>27</v>
       </c>
       <c r="J22" t="s">
         <v>28</v>
       </c>
       <c r="K22" s="2">
         <v>18.50</v>
       </c>
       <c r="L22">
-        <v>16.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="O22" t="s">
         <v>29</v>
       </c>
       <c r="P22" t="s">
         <v>30</v>
       </c>
       <c r="Q22" t="s">
         <v>31</v>
       </c>
       <c r="R22" t="s">
         <v>32</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
       <c r="U22" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1939,51 +1939,51 @@
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>100</v>
       </c>
       <c r="G24" t="s">
         <v>26</v>
       </c>
       <c r="H24">
         <v>62034211</v>
       </c>
       <c r="I24" t="s">
         <v>27</v>
       </c>
       <c r="J24" t="s">
         <v>28</v>
       </c>
       <c r="K24" s="2">
         <v>18.50</v>
       </c>
       <c r="L24">
-        <v>7.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="O24" t="s">
         <v>29</v>
       </c>
       <c r="P24" t="s">
         <v>30</v>
       </c>
       <c r="Q24" t="s">
         <v>31</v>
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
         <v>33</v>
       </c>
       <c r="T24" t="s">
         <v>34</v>
       </c>
       <c r="U24" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -2131,51 +2131,51 @@
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>109</v>
       </c>
       <c r="G27" t="s">
         <v>26</v>
       </c>
       <c r="H27">
         <v>62034211</v>
       </c>
       <c r="I27" t="s">
         <v>27</v>
       </c>
       <c r="J27" t="s">
         <v>28</v>
       </c>
       <c r="K27" s="2">
         <v>18.50</v>
       </c>
       <c r="L27">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
       <c r="O27" t="s">
         <v>29</v>
       </c>
       <c r="P27" t="s">
         <v>30</v>
       </c>
       <c r="Q27" t="s">
         <v>31</v>
       </c>
       <c r="R27" t="s">
         <v>32</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
       <c r="U27" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>