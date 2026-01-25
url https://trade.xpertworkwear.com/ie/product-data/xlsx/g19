--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -206,51 +206,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W6"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="42"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="36"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="14"/>
     <col min="16" max="16" width="11"/>
     <col min="17" max="17" width="17"/>
     <col min="18" max="18" width="36"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -318,51 +318,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62052000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>7.95</v>
       </c>
       <c r="L2">
-        <v>6.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The TuffStuff Poloshirt in Black, Navy &amp; Grey colours. Built with the workmen in mind; easy-care fabric and contrasting placket and side panels. Tuffstuff is the quality workwear range tried-and-tested by trade professionals; combining modern design with innovative, protective fabrics.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>33</v>
@@ -376,51 +376,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>7.95</v>
       </c>
       <c r="L3">
-        <v>10.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The TuffStuff Poloshirt in Black, Navy &amp; Grey colours. Built with the workmen in mind; easy-care fabric and contrasting placket and side panels. Tuffstuff is the quality workwear range tried-and-tested by trade professionals; combining modern design with innovative, protective fabrics.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>36</v>
@@ -434,51 +434,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62052000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>7.95</v>
       </c>
       <c r="L4">
-        <v>7.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The TuffStuff Poloshirt in Black, Navy &amp; Grey colours. Built with the workmen in mind; easy-care fabric and contrasting placket and side panels. Tuffstuff is the quality workwear range tried-and-tested by trade professionals; combining modern design with innovative, protective fabrics.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>39</v>
@@ -492,51 +492,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62052000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>7.95</v>
       </c>
       <c r="L5">
-        <v>4.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The TuffStuff Poloshirt in Black, Navy &amp; Grey colours. Built with the workmen in mind; easy-care fabric and contrasting placket and side panels. Tuffstuff is the quality workwear range tried-and-tested by trade professionals; combining modern design with innovative, protective fabrics.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>42</v>
@@ -550,51 +550,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62052000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>7.95</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The TuffStuff Poloshirt in Black, Navy &amp; Grey colours. Built with the workmen in mind; easy-care fabric and contrasting placket and side panels. Tuffstuff is the quality workwear range tried-and-tested by trade professionals; combining modern design with innovative, protective fabrics.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>