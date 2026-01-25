--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -276,51 +276,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>65061010</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="2">
         <v>3.75</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
       <c r="S2" t="s">
         <v>30</v>
       </c>
       <c r="T2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Safety Helmet for use in multiple tasks, approved to EN 397:2012+A1:2012 with a lightweight and ventilated design for everyday use. Available in the colours White, Blue, Red, Yellow, Pink and Black.</t>