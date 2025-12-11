--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -351,51 +351,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62052000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>5.95</v>
       </c>
       <c r="L2">
-        <v>16.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -415,51 +415,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>5.95</v>
       </c>
       <c r="L3">
-        <v>9.00000</v>
+        <v>17.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -479,51 +479,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62052000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>5.95</v>
       </c>
       <c r="L4">
-        <v>9.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62052000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>5.95</v>
       </c>
       <c r="L5">
-        <v>10.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62052000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>5.95</v>
       </c>
       <c r="L6">
-        <v>7.00000</v>
+        <v>13.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -671,51 +671,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62052000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>5.95</v>
       </c>
       <c r="L7">
-        <v>5.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>