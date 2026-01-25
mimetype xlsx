--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -351,51 +351,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62052000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>5.95</v>
       </c>
       <c r="L2">
-        <v>15.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -415,51 +415,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>5.95</v>
       </c>
       <c r="L3">
-        <v>17.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -479,51 +479,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62052000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>5.95</v>
       </c>
       <c r="L4">
-        <v>25.00000</v>
+        <v>22.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62052000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>5.95</v>
       </c>
       <c r="L5">
-        <v>25.00000</v>
+        <v>22.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62052000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>5.95</v>
       </c>
       <c r="L6">
-        <v>13.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -671,51 +671,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62052000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>5.95</v>
       </c>
       <c r="L7">
-        <v>8.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -735,51 +735,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62052000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>5.95</v>
       </c>
       <c r="L8">
-        <v>5.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>