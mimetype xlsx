--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Stock Code</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Group Code</t>
   </si>
   <si>
     <t>Group Name</t>
   </si>
   <si>
     <t>Variation</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Commodity Code</t>
   </si>
   <si>
@@ -141,59 +141,50 @@
     <t>RIDERROCKY6</t>
   </si>
   <si>
     <t>Mack Rider SB Safety Dealer Boot Dark Brown - EU39 / UK6</t>
   </si>
   <si>
     <t>EU39 / UK6</t>
   </si>
   <si>
     <t>RIDERROCKY6.5</t>
   </si>
   <si>
     <t>Mack Rider SB Safety Dealer Boot Dark Brown - EU40 / UK6.5</t>
   </si>
   <si>
     <t>EU40 / UK6.5</t>
   </si>
   <si>
     <t>RIDERROCKY7</t>
   </si>
   <si>
     <t>Mack Rider SB Safety Dealer Boot Dark Brown - EU41 / UK7</t>
   </si>
   <si>
     <t>EU41 / UK7</t>
-  </si>
-[...7 lines deleted...]
-    <t>EU 41 (UK 7)</t>
   </si>
   <si>
     <t>RIDERROCKY8</t>
   </si>
   <si>
     <t>Mack Rider SB Safety Dealer Boot Dark Brown - EU42 / UK8</t>
   </si>
   <si>
     <t>EU42 / UK8</t>
   </si>
   <si>
     <t>RIDERROCKY9</t>
   </si>
   <si>
     <t>Mack Rider SB Safety Dealer Boot Dark Brown - EU43 / UK9</t>
   </si>
   <si>
     <t>EU43 / UK9</t>
   </si>
   <si>
     <t>RIDERROCKY10</t>
   </si>
   <si>
     <t>Mack Rider SB Safety Dealer Boot Dark Brown - EU44 / UK10</t>
   </si>
@@ -253,64 +244,64 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <cols>
     <col min="1" max="1" width="14"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="59"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="44"/>
     <col min="6" max="6" width="13"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="10"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="30"/>
     <col min="16" max="16" width="30"/>
     <col min="17" max="17" width="17"/>
     <col min="18" max="18" width="13"/>
     <col min="19" max="19" width="47"/>
     <col min="20" max="20" width="40"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -442,51 +433,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>76.95</v>
       </c>
       <c r="L3">
-        <v>4.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
@@ -570,521 +561,457 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>76.95</v>
       </c>
       <c r="L5">
-        <v>12.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="1">
-        <v>9321866014842</v>
+        <v>9321866014859</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>76.95</v>
       </c>
       <c r="L6">
-        <v>1.00000</v>
+        <v>24.00000</v>
       </c>
       <c r="M6">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="1">
-        <v>9321866014859</v>
+        <v>9321866014873</v>
       </c>
       <c r="C7" t="s">
         <v>48</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>76.95</v>
       </c>
       <c r="L7">
-        <v>84.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" s="1">
-        <v>9321866014873</v>
+        <v>9321866014897</v>
       </c>
       <c r="C8" t="s">
         <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>76.95</v>
       </c>
       <c r="L8">
-        <v>126.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="1">
-        <v>9321866014897</v>
+        <v>9321866014910</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>76.95</v>
       </c>
       <c r="L9">
-        <v>74.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" s="1">
-        <v>9321866014910</v>
+        <v>9321866014927</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>76.95</v>
       </c>
       <c r="L10">
-        <v>51.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="1">
-        <v>9321866014927</v>
+        <v>9321866017522</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>76.95</v>
       </c>
       <c r="L11">
-        <v>25.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
-        <is>
-[...62 lines deleted...]
-      <c r="U12" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>