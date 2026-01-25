--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -257,51 +257,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W11"/>
   <cols>
     <col min="1" max="1" width="14"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="59"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="44"/>
     <col min="6" max="6" width="13"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="30"/>
     <col min="16" max="16" width="30"/>
     <col min="17" max="17" width="17"/>
     <col min="18" max="18" width="13"/>
     <col min="19" max="19" width="47"/>
     <col min="20" max="20" width="40"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -625,51 +625,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>76.95</v>
       </c>
       <c r="L6">
-        <v>24.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>
@@ -689,51 +689,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>76.95</v>
       </c>
       <c r="L7">
-        <v>28.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Comfort &amp; Safety, all in one with the Mack Rider Safety Dealer Boots. Built with genuine cowhide leather, steel toecaps and full-length footbeds with arch and heel support providing the complete safety package. Added comfort with Cambrelle® lining, double elastic gusset, to keep you safe and comfortable during a days work.</t>