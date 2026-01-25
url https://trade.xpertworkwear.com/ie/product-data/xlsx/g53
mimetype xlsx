--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -330,51 +330,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>22.95</v>
       </c>
       <c r="L2">
-        <v>3.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>TuffStuff Bodywarmer features durable, hardwearing polyester Oxford fabric, has a sturdy zip and press stud stormflap.  This work bodywarmer also features two handy detailed chest pockets with convenient flap fastening, handwarmer pockets for added comfort, and a reflective trim for safety and added styling.</t>
         </is>
       </c>
     </row>
@@ -391,51 +391,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>22.95</v>
       </c>
       <c r="L3">
-        <v>5.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>TuffStuff Bodywarmer features durable, hardwearing polyester Oxford fabric, has a sturdy zip and press stud stormflap.  This work bodywarmer also features two handy detailed chest pockets with convenient flap fastening, handwarmer pockets for added comfort, and a reflective trim for safety and added styling.</t>
         </is>
       </c>
     </row>
@@ -513,51 +513,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>22.95</v>
       </c>
       <c r="L5">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>TuffStuff Bodywarmer features durable, hardwearing polyester Oxford fabric, has a sturdy zip and press stud stormflap.  This work bodywarmer also features two handy detailed chest pockets with convenient flap fastening, handwarmer pockets for added comfort, and a reflective trim for safety and added styling.</t>
         </is>
       </c>
     </row>
@@ -574,51 +574,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>22.95</v>
       </c>
       <c r="L6">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>TuffStuff Bodywarmer features durable, hardwearing polyester Oxford fabric, has a sturdy zip and press stud stormflap.  This work bodywarmer also features two handy detailed chest pockets with convenient flap fastening, handwarmer pockets for added comfort, and a reflective trim for safety and added styling.</t>
         </is>
       </c>
     </row>
@@ -635,51 +635,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>22.95</v>
       </c>
       <c r="L7">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>TuffStuff Bodywarmer features durable, hardwearing polyester Oxford fabric, has a sturdy zip and press stud stormflap.  This work bodywarmer also features two handy detailed chest pockets with convenient flap fastening, handwarmer pockets for added comfort, and a reflective trim for safety and added styling.</t>
         </is>
       </c>
     </row>