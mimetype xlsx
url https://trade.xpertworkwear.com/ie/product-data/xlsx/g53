--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <si>
     <t>Stock Code</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Group Code</t>
   </si>
   <si>
     <t>Group Name</t>
   </si>
   <si>
     <t>Variation</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Commodity Code</t>
   </si>
   <si>
@@ -74,186 +74,141 @@
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>Feature 1</t>
   </si>
   <si>
     <t>Feature 2</t>
   </si>
   <si>
     <t>Feature 3</t>
   </si>
   <si>
     <t>Feature 4</t>
   </si>
   <si>
     <t>Feature 5</t>
   </si>
   <si>
     <t>Feature 6</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
-    <t>229GRY-S</t>
-[...2 lines deleted...]
-    <t>Tuffstuff Pro Work Bodywarmer Grey/Black - S</t>
+    <t>229GRY-XL</t>
+  </si>
+  <si>
+    <t>Tuffstuff Pro Work Bodywarmer Grey/Black - XL</t>
   </si>
   <si>
     <t>229GRY</t>
   </si>
   <si>
     <t>Tuffstuff Pro Work Bodywarmer Grey/Black</t>
   </si>
   <si>
-    <t>S</t>
+    <t>XL</t>
   </si>
   <si>
     <t>Tuffstuff</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>0.90Kg</t>
   </si>
   <si>
     <t>Hardwearing polyester oxford fabric</t>
   </si>
   <si>
     <t>Two detailed chest pockets with flap fastening</t>
   </si>
   <si>
     <t>Handwarmer pockets</t>
   </si>
   <si>
     <t>Sturdy zip and press stud stormflap</t>
   </si>
   <si>
     <t>Reflective trim</t>
-  </si>
-[...43 lines deleted...]
-    <t>3XL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W2"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
-    <col min="3" max="3" width="47"/>
+    <col min="3" max="3" width="46"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="41"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
     <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="36"/>
     <col min="16" max="16" width="47"/>
     <col min="17" max="17" width="19"/>
     <col min="18" max="18" width="36"/>
     <col min="19" max="19" width="16"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -300,405 +255,100 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" s="1">
-        <v>5036948024247</v>
+        <v>5036948024278</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>22.95</v>
       </c>
       <c r="L2">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
-        <is>
-[...303 lines deleted...]
-      <c r="U7" t="inlineStr">
         <is>
           <t>TuffStuff Bodywarmer features durable, hardwearing polyester Oxford fabric, has a sturdy zip and press stud stormflap.  This work bodywarmer also features two handy detailed chest pockets with convenient flap fastening, handwarmer pockets for added comfort, and a reflective trim for safety and added styling.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>