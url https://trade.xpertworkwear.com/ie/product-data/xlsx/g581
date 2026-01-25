--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -294,51 +294,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61169100</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="1">
         <v>0.80</v>
       </c>
       <c r="L2">
-        <v>21.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>120</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tuff Grip Multi-Purpose Glove with a smooth nitrile coating and 13g polyester liner provides excellent grip in wet conditions and good grip contact with oil substances.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
@@ -352,51 +352,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
         <v>61169100</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="1">
         <v>0.80</v>
       </c>
       <c r="L3">
-        <v>131.00000</v>
+        <v>128.00000</v>
       </c>
       <c r="M3">
         <v>120</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Tuff Grip Multi-Purpose Glove with a smooth nitrile coating and 13g polyester liner provides excellent grip in wet conditions and good grip contact with oil substances.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>36</v>