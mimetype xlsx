--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -191,51 +191,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W4"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="28"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="10"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="60"/>
     <col min="15" max="15" width="17"/>
     <col min="16" max="16" width="11"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="60"/>
     <col min="19" max="19" width="39"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -303,51 +303,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61169100</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>3.75</v>
       </c>
       <c r="L2">
-        <v>108.00000</v>
+        <v>60.00000</v>
       </c>
       <c r="M2">
         <v>120</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tuff Grip II Grade 5 Cut Resistant Glove, suitable for a range of applications when users can come into contact with sharp objects. Built with HPPE cut 5 liner and PU coating offers the highest level of cut protection for the hands to ensure safe work.</t>
@@ -367,51 +367,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61169100</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>3.75</v>
       </c>
       <c r="L3">
-        <v>85.00000</v>
+        <v>98.00000</v>
       </c>
       <c r="M3">
         <v>120</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Tuff Grip II Grade 5 Cut Resistant Glove, suitable for a range of applications when users can come into contact with sharp objects. Built with HPPE cut 5 liner and PU coating offers the highest level of cut protection for the hands to ensure safe work.</t>
@@ -431,51 +431,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61169100</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>3.75</v>
       </c>
       <c r="L4">
-        <v>142.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M4">
         <v>120</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Tuff Grip II Grade 5 Cut Resistant Glove, suitable for a range of applications when users can come into contact with sharp objects. Built with HPPE cut 5 liner and PU coating offers the highest level of cut protection for the hands to ensure safe work.</t>