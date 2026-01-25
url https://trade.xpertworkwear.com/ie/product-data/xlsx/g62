--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -574,51 +574,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>27.95</v>
       </c>
       <c r="L6">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>TuffStuff Stanton Softshell Jacket, made from waterproof, windproof, breathable, and high-stretch fabric features waterproof zips, as well as Velcro® cuff adjusters and draw cord waistband adjusters for added comfort and protection from the elements.</t>
         </is>
       </c>
     </row>