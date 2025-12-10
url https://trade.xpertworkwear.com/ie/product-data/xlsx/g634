--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -399,51 +399,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>28.95</v>
       </c>
       <c r="L2">
-        <v>44.00000</v>
+        <v>38.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -466,51 +466,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>28.95</v>
       </c>
       <c r="L3">
-        <v>91.00000</v>
+        <v>18.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -533,51 +533,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>28.95</v>
       </c>
       <c r="L4">
-        <v>289.00000</v>
+        <v>176.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -600,51 +600,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>28.95</v>
       </c>
       <c r="L5">
-        <v>121.00000</v>
+        <v>41.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -667,51 +667,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>28.95</v>
       </c>
       <c r="L6">
-        <v>47.00000</v>
+        <v>44.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -734,51 +734,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>28.95</v>
       </c>
       <c r="L7">
-        <v>634.00000</v>
+        <v>362.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -801,51 +801,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>28.95</v>
       </c>
       <c r="L8">
-        <v>1371.00000</v>
+        <v>730.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -868,51 +868,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>28.95</v>
       </c>
       <c r="L9">
-        <v>1940.00000</v>
+        <v>1072.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -935,51 +935,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>28.95</v>
       </c>
       <c r="L10">
-        <v>1971.00000</v>
+        <v>1165.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1002,51 +1002,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>28.95</v>
       </c>
       <c r="L11">
-        <v>421.00000</v>
+        <v>252.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
@@ -1069,51 +1069,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>65</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64034000</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>28.95</v>
       </c>
       <c r="L12">
-        <v>1649.00000</v>
+        <v>1157.00000</v>
       </c>
       <c r="M12">
         <v>8</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12" t="s">
         <v>30</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12" t="s">
         <v>33</v>
       </c>
       <c r="S12" t="s">
         <v>34</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
@@ -1136,51 +1136,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>68</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64034000</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>28.95</v>
       </c>
       <c r="L13">
-        <v>396.00000</v>
+        <v>189.00000</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13" t="s">
         <v>30</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13" t="s">
         <v>33</v>
       </c>
       <c r="S13" t="s">
         <v>34</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
@@ -1203,51 +1203,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64034000</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>28.95</v>
       </c>
       <c r="L14">
-        <v>46.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M14">
         <v>8</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14" t="s">
         <v>30</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14" t="s">
         <v>33</v>
       </c>
       <c r="S14" t="s">
         <v>34</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>