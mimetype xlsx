--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -399,51 +399,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>28.95</v>
       </c>
       <c r="L2">
-        <v>38.00000</v>
+        <v>63.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -466,51 +466,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>28.95</v>
       </c>
       <c r="L3">
-        <v>18.00000</v>
+        <v>64.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -533,51 +533,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>28.95</v>
       </c>
       <c r="L4">
-        <v>176.00000</v>
+        <v>226.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -600,51 +600,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>28.95</v>
       </c>
       <c r="L5">
-        <v>41.00000</v>
+        <v>157.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -667,51 +667,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>28.95</v>
       </c>
       <c r="L6">
-        <v>44.00000</v>
+        <v>51.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -734,51 +734,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>28.95</v>
       </c>
       <c r="L7">
-        <v>362.00000</v>
+        <v>652.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -801,51 +801,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>28.95</v>
       </c>
       <c r="L8">
-        <v>730.00000</v>
+        <v>1296.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -868,51 +868,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>28.95</v>
       </c>
       <c r="L9">
-        <v>1072.00000</v>
+        <v>1953.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -935,51 +935,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>28.95</v>
       </c>
       <c r="L10">
-        <v>1165.00000</v>
+        <v>1755.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1002,51 +1002,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>28.95</v>
       </c>
       <c r="L11">
-        <v>252.00000</v>
+        <v>494.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
@@ -1069,51 +1069,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>65</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64034000</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>28.95</v>
       </c>
       <c r="L12">
-        <v>1157.00000</v>
+        <v>1183.00000</v>
       </c>
       <c r="M12">
         <v>8</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12" t="s">
         <v>30</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12" t="s">
         <v>33</v>
       </c>
       <c r="S12" t="s">
         <v>34</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
@@ -1136,51 +1136,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>68</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64034000</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>28.95</v>
       </c>
       <c r="L13">
-        <v>189.00000</v>
+        <v>483.00000</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13" t="s">
         <v>30</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13" t="s">
         <v>33</v>
       </c>
       <c r="S13" t="s">
         <v>34</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
@@ -1203,51 +1203,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64034000</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>28.95</v>
       </c>
       <c r="L14">
-        <v>2.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M14">
         <v>8</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14" t="s">
         <v>30</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14" t="s">
         <v>33</v>
       </c>
       <c r="S14" t="s">
         <v>34</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>