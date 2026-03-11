--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -399,51 +399,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>28.95</v>
       </c>
       <c r="L2">
-        <v>63.00000</v>
+        <v>130.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -466,51 +466,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>28.95</v>
       </c>
       <c r="L3">
-        <v>64.00000</v>
+        <v>82.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -533,51 +533,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>28.95</v>
       </c>
       <c r="L4">
-        <v>226.00000</v>
+        <v>178.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -600,51 +600,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>28.95</v>
       </c>
       <c r="L5">
-        <v>157.00000</v>
+        <v>133.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -667,51 +667,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>28.95</v>
       </c>
       <c r="L6">
-        <v>51.00000</v>
+        <v>46.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -734,51 +734,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>28.95</v>
       </c>
       <c r="L7">
-        <v>652.00000</v>
+        <v>479.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -801,51 +801,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>28.95</v>
       </c>
       <c r="L8">
-        <v>1296.00000</v>
+        <v>943.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -868,51 +868,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>28.95</v>
       </c>
       <c r="L9">
-        <v>1953.00000</v>
+        <v>1316.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -935,51 +935,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>28.95</v>
       </c>
       <c r="L10">
-        <v>1755.00000</v>
+        <v>1324.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1002,51 +1002,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>28.95</v>
       </c>
       <c r="L11">
-        <v>494.00000</v>
+        <v>351.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
@@ -1069,51 +1069,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>65</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64034000</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>28.95</v>
       </c>
       <c r="L12">
-        <v>1183.00000</v>
+        <v>740.00000</v>
       </c>
       <c r="M12">
         <v>8</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12" t="s">
         <v>30</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12" t="s">
         <v>33</v>
       </c>
       <c r="S12" t="s">
         <v>34</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
@@ -1136,51 +1136,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>68</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64034000</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>28.95</v>
       </c>
       <c r="L13">
-        <v>483.00000</v>
+        <v>422.00000</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13" t="s">
         <v>30</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13" t="s">
         <v>33</v>
       </c>
       <c r="S13" t="s">
         <v>34</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
@@ -1203,51 +1203,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64034000</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>28.95</v>
       </c>
       <c r="L14">
-        <v>36.00000</v>
+        <v>48.00000</v>
       </c>
       <c r="M14">
         <v>8</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14" t="s">
         <v>30</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14" t="s">
         <v>33</v>
       </c>
       <c r="S14" t="s">
         <v>34</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>