--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -402,51 +402,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>35.95</v>
       </c>
       <c r="L2">
-        <v>19.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -469,51 +469,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>35.95</v>
       </c>
       <c r="L3">
-        <v>11.00000</v>
+        <v>13.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -603,51 +603,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>35.95</v>
       </c>
       <c r="L5">
-        <v>19.00000</v>
+        <v>34.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -670,51 +670,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="2">
         <v>35.95</v>
       </c>
       <c r="L6">
-        <v>10.00000</v>
+        <v>38.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -737,51 +737,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>51</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>35.95</v>
       </c>
       <c r="L7">
-        <v>71.00000</v>
+        <v>44.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -804,51 +804,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>35.95</v>
       </c>
       <c r="L8">
-        <v>216.00000</v>
+        <v>101.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -871,51 +871,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>35.95</v>
       </c>
       <c r="L9">
-        <v>270.00000</v>
+        <v>103.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -938,51 +938,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>60</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>35.95</v>
       </c>
       <c r="L10">
-        <v>236.00000</v>
+        <v>219.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1005,51 +1005,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>63</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="2">
         <v>35.95</v>
       </c>
       <c r="L11">
-        <v>17.00000</v>
+        <v>39.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
@@ -1072,51 +1072,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>66</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64034000</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>35.95</v>
       </c>
       <c r="L12">
-        <v>78.00000</v>
+        <v>72.00000</v>
       </c>
       <c r="M12">
         <v>8</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12" t="s">
         <v>30</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12" t="s">
         <v>33</v>
       </c>
       <c r="S12" t="s">
         <v>34</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
@@ -1139,51 +1139,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>69</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64034000</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>35.95</v>
       </c>
       <c r="L13">
-        <v>38.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13" t="s">
         <v>30</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13" t="s">
         <v>33</v>
       </c>
       <c r="S13" t="s">
         <v>34</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
@@ -1206,51 +1206,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>72</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64034000</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>35.95</v>
       </c>
       <c r="L14">
-        <v>25.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M14">
         <v>8</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14" t="s">
         <v>30</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14" t="s">
         <v>33</v>
       </c>
       <c r="S14" t="s">
         <v>34</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>