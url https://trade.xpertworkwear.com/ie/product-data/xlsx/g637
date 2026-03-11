--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -402,51 +402,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>35.95</v>
       </c>
       <c r="L2">
-        <v>16.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -469,51 +469,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>35.95</v>
       </c>
       <c r="L3">
-        <v>13.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -603,51 +603,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>35.95</v>
       </c>
       <c r="L5">
-        <v>34.00000</v>
+        <v>31.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -737,51 +737,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>51</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>35.95</v>
       </c>
       <c r="L7">
-        <v>44.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -804,51 +804,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>35.95</v>
       </c>
       <c r="L8">
-        <v>101.00000</v>
+        <v>33.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -871,51 +871,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>35.95</v>
       </c>
       <c r="L9">
-        <v>103.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -938,51 +938,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>60</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>35.95</v>
       </c>
       <c r="L10">
-        <v>219.00000</v>
+        <v>133.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1005,51 +1005,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>63</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="2">
         <v>35.95</v>
       </c>
       <c r="L11">
-        <v>39.00000</v>
+        <v>31.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
@@ -1072,51 +1072,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>66</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64034000</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>35.95</v>
       </c>
       <c r="L12">
-        <v>72.00000</v>
+        <v>22.00000</v>
       </c>
       <c r="M12">
         <v>8</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12" t="s">
         <v>30</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12" t="s">
         <v>33</v>
       </c>
       <c r="S12" t="s">
         <v>34</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
@@ -1139,51 +1139,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>69</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64034000</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>35.95</v>
       </c>
       <c r="L13">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13" t="s">
         <v>30</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13" t="s">
         <v>33</v>
       </c>
       <c r="S13" t="s">
         <v>34</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
@@ -1206,51 +1206,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>72</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64034000</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>35.95</v>
       </c>
       <c r="L14">
-        <v>7.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M14">
         <v>8</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14" t="s">
         <v>30</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14" t="s">
         <v>33</v>
       </c>
       <c r="S14" t="s">
         <v>34</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>