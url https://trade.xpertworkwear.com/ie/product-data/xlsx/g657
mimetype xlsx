--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -324,51 +324,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61102091</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>17.50</v>
       </c>
       <c r="L2">
-        <v>19.00000</v>
+        <v>17.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -382,51 +382,51 @@
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
         <v>61102091</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>17.50</v>
       </c>
       <c r="L3">
-        <v>11.00000</v>
+        <v>23.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -440,51 +440,51 @@
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="H4">
         <v>61102091</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>17.50</v>
       </c>
       <c r="L4">
-        <v>19.00000</v>
+        <v>34.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
       <c r="S4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -498,51 +498,51 @@
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="H5">
         <v>61102091</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>17.50</v>
       </c>
       <c r="L5">
-        <v>13.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -556,51 +556,51 @@
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="H6">
         <v>61102091</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>17.50</v>
       </c>
       <c r="L6">
-        <v>8.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>