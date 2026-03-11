--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -324,51 +324,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61102091</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>17.50</v>
       </c>
       <c r="L2">
-        <v>17.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -382,51 +382,51 @@
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
         <v>61102091</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>17.50</v>
       </c>
       <c r="L3">
-        <v>23.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -440,51 +440,51 @@
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="H4">
         <v>61102091</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>17.50</v>
       </c>
       <c r="L4">
-        <v>34.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
       <c r="S4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -498,51 +498,51 @@
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="H5">
         <v>61102091</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>17.50</v>
       </c>
       <c r="L5">
-        <v>25.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -556,51 +556,51 @@
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="H6">
         <v>61102091</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>17.50</v>
       </c>
       <c r="L6">
-        <v>14.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>