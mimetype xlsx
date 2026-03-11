--- v1 (2025-12-13)
+++ v2 (2026-03-11)
@@ -336,51 +336,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>16.50</v>
       </c>
       <c r="L2">
-        <v>1.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -397,51 +397,51 @@
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>16.50</v>
       </c>
       <c r="L3">
-        <v>5.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
         <v>32</v>
       </c>
       <c r="T3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -519,51 +519,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62033911</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>16.50</v>
       </c>
       <c r="L5">
-        <v>5.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>32</v>
       </c>
       <c r="T5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -580,51 +580,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62033911</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>16.50</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="T6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>