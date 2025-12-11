--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -291,51 +291,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>1.95</v>
       </c>
       <c r="L2">
-        <v>13.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Sometimes children require hi-vis protection too, that's why we stock these Hi Vis Junior Vests. From school walking buses to cycling activities, our junior hi-vis vests offer great enhanced visibility.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="1">
         <v>5036770396444</v>
@@ -343,51 +343,51 @@
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>1.95</v>
       </c>
       <c r="L3">
-        <v>66.00000</v>
+        <v>33.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Sometimes children require hi-vis protection too, that's why we stock these Hi Vis Junior Vests. From school walking buses to cycling activities, our junior hi-vis vests offer great enhanced visibility.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="1">
         <v>5036770396451</v>
@@ -395,51 +395,51 @@
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>36</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>1.95</v>
       </c>
       <c r="L4">
-        <v>70.00000</v>
+        <v>27.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Sometimes children require hi-vis protection too, that's why we stock these Hi Vis Junior Vests. From school walking buses to cycling activities, our junior hi-vis vests offer great enhanced visibility.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">