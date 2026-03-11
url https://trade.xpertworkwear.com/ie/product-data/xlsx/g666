--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -291,51 +291,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>1.95</v>
       </c>
       <c r="L2">
-        <v>28.00000</v>
+        <v>24.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Sometimes children require hi-vis protection too, that's why we stock these Hi Vis Junior Vests. From school walking buses to cycling activities, our junior hi-vis vests offer great enhanced visibility.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="1">
         <v>5036770396444</v>
@@ -343,51 +343,51 @@
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>1.95</v>
       </c>
       <c r="L3">
-        <v>33.00000</v>
+        <v>27.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Sometimes children require hi-vis protection too, that's why we stock these Hi Vis Junior Vests. From school walking buses to cycling activities, our junior hi-vis vests offer great enhanced visibility.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="1">
         <v>5036770396451</v>
@@ -395,51 +395,51 @@
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>36</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>1.95</v>
       </c>
       <c r="L4">
-        <v>27.00000</v>
+        <v>30.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Sometimes children require hi-vis protection too, that's why we stock these Hi Vis Junior Vests. From school walking buses to cycling activities, our junior hi-vis vests offer great enhanced visibility.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">