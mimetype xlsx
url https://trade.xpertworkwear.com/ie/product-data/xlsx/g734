--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.95</v>
       </c>
       <c r="L2">
-        <v>556.00000</v>
+        <v>472.00000</v>
       </c>
       <c r="M2">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.95</v>
       </c>
       <c r="L3">
-        <v>552.00000</v>
+        <v>421.00000</v>
       </c>
       <c r="M3">
         <v>30</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.95</v>
       </c>
       <c r="L4">
-        <v>685.00000</v>
+        <v>566.00000</v>
       </c>
       <c r="M4">
         <v>30</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.95</v>
       </c>
       <c r="L5">
-        <v>747.00000</v>
+        <v>575.00000</v>
       </c>
       <c r="M5">
         <v>30</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>15.95</v>
       </c>
       <c r="L6">
-        <v>761.00000</v>
+        <v>616.00000</v>
       </c>
       <c r="M6">
         <v>30</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>15.95</v>
       </c>
       <c r="L7">
-        <v>708.00000</v>
+        <v>545.00000</v>
       </c>
       <c r="M7">
         <v>30</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>