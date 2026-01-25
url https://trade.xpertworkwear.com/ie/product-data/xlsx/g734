--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.95</v>
       </c>
       <c r="L2">
-        <v>472.00000</v>
+        <v>408.00000</v>
       </c>
       <c r="M2">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.95</v>
       </c>
       <c r="L3">
-        <v>421.00000</v>
+        <v>345.00000</v>
       </c>
       <c r="M3">
         <v>30</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.95</v>
       </c>
       <c r="L4">
-        <v>566.00000</v>
+        <v>492.00000</v>
       </c>
       <c r="M4">
         <v>30</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.95</v>
       </c>
       <c r="L5">
-        <v>575.00000</v>
+        <v>496.00000</v>
       </c>
       <c r="M5">
         <v>30</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>15.95</v>
       </c>
       <c r="L6">
-        <v>616.00000</v>
+        <v>520.00000</v>
       </c>
       <c r="M6">
         <v>30</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>15.95</v>
       </c>
       <c r="L7">
-        <v>545.00000</v>
+        <v>436.00000</v>
       </c>
       <c r="M7">
         <v>30</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Junior Bodywarmer brings all the technology and development that we’ve packed into our men’s bodywarmer, and scales it down to fit your young apprentice.  The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  For the young bosses who want to stomp around with their hands in their pockets, We’ve made the zipped handwarmer pockets extra deep and fleece lined. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.</t>