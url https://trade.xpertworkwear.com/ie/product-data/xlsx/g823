--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>25.95</v>
       </c>
       <c r="L2">
-        <v>72.00000</v>
+        <v>46.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345831252</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>49.00000</v>
+        <v>33.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831269</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>72.00000</v>
+        <v>73.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831276</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>29.00000</v>
+        <v>80.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831283</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>87.00000</v>
+        <v>81.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831290</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>64.00000</v>
+        <v>71.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831351</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>89.00000</v>
+        <v>106.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345834604</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>124.00000</v>
+        <v>109.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345834611</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>54.00000</v>
+        <v>124.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345834628</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>25.95</v>
       </c>
       <c r="L11">
-        <v>46.00000</v>
+        <v>93.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345835960</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>76.00000</v>
+        <v>119.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345835977</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>130.00000</v>
+        <v>165.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838565</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>25.95</v>
       </c>
       <c r="L14">
-        <v>76.00000</v>
+        <v>87.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">