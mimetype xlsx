--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>25.95</v>
       </c>
       <c r="L2">
-        <v>46.00000</v>
+        <v>37.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345831252</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>33.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831269</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>73.00000</v>
+        <v>61.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831276</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>80.00000</v>
+        <v>43.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831283</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>81.00000</v>
+        <v>56.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831290</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>71.00000</v>
+        <v>35.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831351</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>106.00000</v>
+        <v>85.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345834604</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>109.00000</v>
+        <v>83.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345834611</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>124.00000</v>
+        <v>102.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345834628</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>25.95</v>
       </c>
       <c r="L11">
-        <v>93.00000</v>
+        <v>74.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345835960</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>119.00000</v>
+        <v>94.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345835977</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>165.00000</v>
+        <v>137.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838565</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>25.95</v>
       </c>
       <c r="L14">
-        <v>87.00000</v>
+        <v>52.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">