--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>25.95</v>
       </c>
       <c r="L2">
-        <v>37.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345831252</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>12.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831269</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>61.00000</v>
+        <v>49.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831276</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>43.00000</v>
+        <v>29.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831283</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>56.00000</v>
+        <v>43.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831290</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>35.00000</v>
+        <v>26.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831351</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>85.00000</v>
+        <v>71.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345834604</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>83.00000</v>
+        <v>65.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345834611</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>102.00000</v>
+        <v>80.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345834628</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>25.95</v>
       </c>
       <c r="L11">
-        <v>74.00000</v>
+        <v>59.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345835960</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>94.00000</v>
+        <v>67.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345835977</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>137.00000</v>
+        <v>127.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838565</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>25.95</v>
       </c>
       <c r="L14">
-        <v>52.00000</v>
+        <v>44.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">