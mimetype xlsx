--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -257,51 +257,51 @@
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>9403105800</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1">
         <v>245.95</v>
       </c>
       <c r="L2">
-        <v>74.00000</v>
+        <v>65.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Extremely compact display unit is your silent salesman in store, with high impact graphics and clear displays to allow customers to view, compare and handle up to 6 footwear styles, or 3 wellingtons.  Comes with Swampmaster branding.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>