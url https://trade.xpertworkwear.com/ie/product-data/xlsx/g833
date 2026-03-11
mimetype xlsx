--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -257,51 +257,51 @@
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>9403105800</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1">
         <v>245.95</v>
       </c>
       <c r="L2">
-        <v>65.00000</v>
+        <v>64.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Extremely compact display unit is your silent salesman in store, with high impact graphics and clear displays to allow customers to view, compare and handle up to 6 footwear styles, or 3 wellingtons.  Comes with Swampmaster branding.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>