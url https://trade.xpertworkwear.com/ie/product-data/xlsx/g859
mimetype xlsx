--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -267,51 +267,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>62033210</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>4.50</v>
       </c>
       <c r="L2">
-        <v>53.00000</v>
+        <v>27.00000</v>
       </c>
       <c r="M2">
         <v>12</v>
       </c>
       <c r="U2" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>