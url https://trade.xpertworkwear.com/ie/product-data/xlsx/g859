--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -267,51 +267,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>62033210</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>4.50</v>
       </c>
       <c r="L2">
-        <v>27.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M2">
         <v>12</v>
       </c>
       <c r="U2" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>