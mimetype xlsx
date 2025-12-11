--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -369,51 +369,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64019290</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>9.95</v>
       </c>
       <c r="L2">
-        <v>8.00000</v>
+        <v>51.00000</v>
       </c>
       <c r="M2">
         <v>12</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ Swampmaster Stampede Junior Wellington is a must-have for messy fun.  From digging in the garden to muddy walks, river paddling and wet weather, these hardwearing seamless PVC wellies are ideal for use throughout the year.</t>
@@ -433,51 +433,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64019290</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>9.95</v>
       </c>
       <c r="L3">
-        <v>0.00000</v>
+        <v>27.00000</v>
       </c>
       <c r="M3">
         <v>12</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Swampmaster Stampede Junior Wellington is a must-have for messy fun.  From digging in the garden to muddy walks, river paddling and wet weather, these hardwearing seamless PVC wellies are ideal for use throughout the year.</t>
@@ -625,51 +625,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64019290</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>9.95</v>
       </c>
       <c r="L6">
-        <v>17.00000</v>
+        <v>83.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Swampmaster Stampede Junior Wellington is a must-have for messy fun.  From digging in the garden to muddy walks, river paddling and wet weather, these hardwearing seamless PVC wellies are ideal for use throughout the year.</t>
@@ -689,51 +689,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64019290</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>9.95</v>
       </c>
       <c r="L7">
-        <v>132.00000</v>
+        <v>113.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Swampmaster Stampede Junior Wellington is a must-have for messy fun.  From digging in the garden to muddy walks, river paddling and wet weather, these hardwearing seamless PVC wellies are ideal for use throughout the year.</t>
@@ -753,51 +753,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64019290</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>9.95</v>
       </c>
       <c r="L8">
-        <v>0.00000</v>
+        <v>40.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Swampmaster Stampede Junior Wellington is a must-have for messy fun.  From digging in the garden to muddy walks, river paddling and wet weather, these hardwearing seamless PVC wellies are ideal for use throughout the year.</t>
@@ -817,132 +817,132 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64019290</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>9.95</v>
       </c>
       <c r="L9">
-        <v>24.00000</v>
+        <v>75.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831955</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64019290</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>9.95</v>
       </c>
       <c r="L10">
-        <v>28.00000</v>
+        <v>63.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831962</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64019290</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>9.95</v>
       </c>
       <c r="L11">
-        <v>67.00000</v>
+        <v>48.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>