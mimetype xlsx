--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -415,51 +415,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61102091</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>8.95</v>
       </c>
       <c r="L3">
-        <v>8.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -479,51 +479,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61102091</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>8.95</v>
       </c>
       <c r="L4">
-        <v>9.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61102091</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>8.95</v>
       </c>
       <c r="L5">
-        <v>11.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61102091</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>8.95</v>
       </c>
       <c r="L6">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -735,51 +735,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>61102091</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>8.95</v>
       </c>
       <c r="L8">
-        <v>5.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -799,51 +799,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>61102091</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>8.95</v>
       </c>
       <c r="L9">
-        <v>3.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>