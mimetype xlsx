--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -415,51 +415,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61102091</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>8.95</v>
       </c>
       <c r="L3">
-        <v>9.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -479,51 +479,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61102091</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>8.95</v>
       </c>
       <c r="L4">
-        <v>12.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61102091</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>8.95</v>
       </c>
       <c r="L5">
-        <v>8.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61102091</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>8.95</v>
       </c>
       <c r="L6">
-        <v>4.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>
@@ -799,51 +799,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>61102091</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>8.95</v>
       </c>
       <c r="L9">
-        <v>2.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>High-quality weight, Orn Kite Premium Sweatshirt with elasticated cuffs, neckline and waistband with a brushed fleece inner for exceptional comfort. Also available to order in Royal Blue, White, Red, Burgundy, Bottle Green, Graphite, Yellow, Purple, Sky Blue, and Ash.</t>