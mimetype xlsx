--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -297,51 +297,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>65069990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>5.95</v>
       </c>
       <c r="L2">
-        <v>87.00000</v>
+        <v>100.00000</v>
       </c>
       <c r="M2">
         <v>144</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Premium quality bucket hat by Xpert™, comfortable poly cotton material is hard wearing and breathable. The perfect hat for sun protection, and the continuous wide brim provides shade for your eyes. Ventilation eyelets and lined seams for comfort. Available in two colourways, and two size options.</t>