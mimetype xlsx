--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -297,51 +297,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>65069990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>5.95</v>
       </c>
       <c r="L2">
-        <v>100.00000</v>
+        <v>82.00000</v>
       </c>
       <c r="M2">
         <v>144</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Premium quality bucket hat by Xpert™, comfortable poly cotton material is hard wearing and breathable. The perfect hat for sun protection, and the continuous wide brim provides shade for your eyes. Ventilation eyelets and lined seams for comfort. Available in two colourways, and two size options.</t>
@@ -361,51 +361,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>65069990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>5.95</v>
       </c>
       <c r="L3">
-        <v>253.00000</v>
+        <v>223.00000</v>
       </c>
       <c r="M3">
         <v>144</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Premium quality bucket hat by Xpert™, comfortable poly cotton material is hard wearing and breathable. The perfect hat for sun protection, and the continuous wide brim provides shade for your eyes. Ventilation eyelets and lined seams for comfort. Available in two colourways, and two size options.</t>