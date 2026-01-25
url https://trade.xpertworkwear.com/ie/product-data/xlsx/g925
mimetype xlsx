--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -327,51 +327,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>38.95</v>
       </c>
       <c r="L2">
-        <v>6.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert Typhoon waterproof boot bundle includes a combination of best sellers and essentials in one handy, giftable box.  Whether its for yourself, a friend or as a corporate or company hand out, this combo makes a perfect prezzie.
 Assembled from quality Xpert products:
 BOOTS:
 The Xpert™ Typhoon Steel Toecap Waterproof Safety Boot compromises on nothing. With Steel Toecap and Midsole Protection, Dry-X™ Waterproof Technology, and a padded collar and tongue for increased support, the Xpert™ Typhoon Work Boot is engineered for seriously hard graft. The advanced TPU heel and ankle support is moulded to relieve fatigue at the ankle during long periods of wearing. Further comfort built in with Comfort-X™ Shock absorbing PU insole, and GRIP X™ 4.0 Dual density PU/PU hardwearing outsole. S3 safety rated for complete protection.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of workwear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  With a pop of colour, it’s your ultimate choice for style and comfort in all kinds of everyday environments
 SOCKS:
@@ -394,51 +394,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>38.95</v>
       </c>
       <c r="L3">
-        <v>17.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert Typhoon waterproof boot bundle includes a combination of best sellers and essentials in one handy, giftable box.  Whether its for yourself, a friend or as a corporate or company hand out, this combo makes a perfect prezzie.
 Assembled from quality Xpert products:
 BOOTS:
 The Xpert™ Typhoon Steel Toecap Waterproof Safety Boot compromises on nothing. With Steel Toecap and Midsole Protection, Dry-X™ Waterproof Technology, and a padded collar and tongue for increased support, the Xpert™ Typhoon Work Boot is engineered for seriously hard graft. The advanced TPU heel and ankle support is moulded to relieve fatigue at the ankle during long periods of wearing. Further comfort built in with Comfort-X™ Shock absorbing PU insole, and GRIP X™ 4.0 Dual density PU/PU hardwearing outsole. S3 safety rated for complete protection.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of workwear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  With a pop of colour, it’s your ultimate choice for style and comfort in all kinds of everyday environments
 SOCKS:
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>38.95</v>
       </c>
       <c r="L4">
-        <v>15.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert Typhoon waterproof boot bundle includes a combination of best sellers and essentials in one handy, giftable box.  Whether its for yourself, a friend or as a corporate or company hand out, this combo makes a perfect prezzie.
 Assembled from quality Xpert products:
 BOOTS:
 The Xpert™ Typhoon Steel Toecap Waterproof Safety Boot compromises on nothing. With Steel Toecap and Midsole Protection, Dry-X™ Waterproof Technology, and a padded collar and tongue for increased support, the Xpert™ Typhoon Work Boot is engineered for seriously hard graft. The advanced TPU heel and ankle support is moulded to relieve fatigue at the ankle during long periods of wearing. Further comfort built in with Comfort-X™ Shock absorbing PU insole, and GRIP X™ 4.0 Dual density PU/PU hardwearing outsole. S3 safety rated for complete protection.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of workwear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  With a pop of colour, it’s your ultimate choice for style and comfort in all kinds of everyday environments
 SOCKS:
@@ -528,51 +528,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>38.95</v>
       </c>
       <c r="L5">
-        <v>10.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert Typhoon waterproof boot bundle includes a combination of best sellers and essentials in one handy, giftable box.  Whether its for yourself, a friend or as a corporate or company hand out, this combo makes a perfect prezzie.
 Assembled from quality Xpert products:
 BOOTS:
 The Xpert™ Typhoon Steel Toecap Waterproof Safety Boot compromises on nothing. With Steel Toecap and Midsole Protection, Dry-X™ Waterproof Technology, and a padded collar and tongue for increased support, the Xpert™ Typhoon Work Boot is engineered for seriously hard graft. The advanced TPU heel and ankle support is moulded to relieve fatigue at the ankle during long periods of wearing. Further comfort built in with Comfort-X™ Shock absorbing PU insole, and GRIP X™ 4.0 Dual density PU/PU hardwearing outsole. S3 safety rated for complete protection.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of workwear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  With a pop of colour, it’s your ultimate choice for style and comfort in all kinds of everyday environments
 SOCKS:
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>47</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>38.95</v>
       </c>
       <c r="L7">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert Typhoon waterproof boot bundle includes a combination of best sellers and essentials in one handy, giftable box.  Whether its for yourself, a friend or as a corporate or company hand out, this combo makes a perfect prezzie.
 Assembled from quality Xpert products:
 BOOTS:
 The Xpert™ Typhoon Steel Toecap Waterproof Safety Boot compromises on nothing. With Steel Toecap and Midsole Protection, Dry-X™ Waterproof Technology, and a padded collar and tongue for increased support, the Xpert™ Typhoon Work Boot is engineered for seriously hard graft. The advanced TPU heel and ankle support is moulded to relieve fatigue at the ankle during long periods of wearing. Further comfort built in with Comfort-X™ Shock absorbing PU insole, and GRIP X™ 4.0 Dual density PU/PU hardwearing outsole. S3 safety rated for complete protection.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of workwear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  With a pop of colour, it’s your ultimate choice for style and comfort in all kinds of everyday environments
 SOCKS: