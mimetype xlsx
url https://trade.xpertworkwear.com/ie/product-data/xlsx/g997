--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>62129000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>9.95</v>
       </c>
       <c r="L2">
-        <v>1300.00000</v>
+        <v>1127.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>An essential piece of kit for your work trousers, especially when you load up your pockets with tools, the Xpert Pro stretch work belt will keep everything in place, while ensuring your all-day comfort.  The stretch webbing material provides freedom of motion to move with your body, maintaining a secure hold with no pinching.  The contoured buckle is low-profile and moulded with a rubberised coating, following the curve of your form for maximum comfort.  130cm total length, can be shortened if required.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">