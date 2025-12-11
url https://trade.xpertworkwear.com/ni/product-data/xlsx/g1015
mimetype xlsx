--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -101,51 +101,51 @@
   <si>
     <t>Swampmaster Stormgear Waterproof Dairy Smock Short Sleeve Green - S</t>
   </si>
   <si>
     <t>SWP7060</t>
   </si>
   <si>
     <t>Swampmaster Stormgear Waterproof Dairy Smock Short Sleeve Green</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Xpert Swampmaster</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>1.23Kg</t>
   </si>
   <si>
     <t>Waterproof, Windproof and Breathable Fabric</t>
   </si>
   <si>
-    <t>Neoprene cuffs Close fitting stretchy neoprene cuffs for comfort and protection</t>
+    <t>Close fitting stretchy neoprene cuffs for comfort and protection</t>
   </si>
   <si>
     <t>Mesh vented back for maximum breathability in hot working environments</t>
   </si>
   <si>
     <t>Extremely lightweight and comfortable</t>
   </si>
   <si>
     <t>4-way stretch fabric for great freedom of movement</t>
   </si>
   <si>
     <t>Anti-Fungal treatment</t>
   </si>
   <si>
     <t>SWP7060-M/L</t>
   </si>
   <si>
     <t>Swampmaster Stormgear Waterproof Dairy Smock Short Sleeve Green - M</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>SWP7060-L/XL</t>
   </si>
@@ -306,51 +306,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>26.95</v>
       </c>
       <c r="L2">
-        <v>283.00000</v>
+        <v>246.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Smock is specifically designed for working in the milking parlour, obstetrics, and other potentially messy tasks around animals.  The waterproof and breathable Stormgear™ fabric keeps you clean, and the highly breathable mesh back section ensures you stay cool.  The mesh back is not waterproof, and allows you to stay cool and comfortable even in highly exertive tasks in stuffy environments.
@@ -372,51 +372,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>26.95</v>
       </c>
       <c r="L3">
-        <v>497.00000</v>
+        <v>464.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Smock is specifically designed for working in the milking parlour, obstetrics, and other potentially messy tasks around animals.  The waterproof and breathable Stormgear™ fabric keeps you clean, and the highly breathable mesh back section ensures you stay cool.  The mesh back is not waterproof, and allows you to stay cool and comfortable even in highly exertive tasks in stuffy environments.
@@ -438,51 +438,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>26.95</v>
       </c>
       <c r="L4">
-        <v>502.00000</v>
+        <v>481.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Smock is specifically designed for working in the milking parlour, obstetrics, and other potentially messy tasks around animals.  The waterproof and breathable Stormgear™ fabric keeps you clean, and the highly breathable mesh back section ensures you stay cool.  The mesh back is not waterproof, and allows you to stay cool and comfortable even in highly exertive tasks in stuffy environments.