--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -306,51 +306,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>26.95</v>
       </c>
       <c r="L2">
-        <v>246.00000</v>
+        <v>211.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Smock is specifically designed for working in the milking parlour, obstetrics, and other potentially messy tasks around animals.  The waterproof and breathable Stormgear™ fabric keeps you clean, and the highly breathable mesh back section ensures you stay cool.  The mesh back is not waterproof, and allows you to stay cool and comfortable even in highly exertive tasks in stuffy environments.
@@ -372,51 +372,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>26.95</v>
       </c>
       <c r="L3">
-        <v>464.00000</v>
+        <v>402.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Smock is specifically designed for working in the milking parlour, obstetrics, and other potentially messy tasks around animals.  The waterproof and breathable Stormgear™ fabric keeps you clean, and the highly breathable mesh back section ensures you stay cool.  The mesh back is not waterproof, and allows you to stay cool and comfortable even in highly exertive tasks in stuffy environments.
@@ -438,51 +438,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>26.95</v>
       </c>
       <c r="L4">
-        <v>481.00000</v>
+        <v>446.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Smock is specifically designed for working in the milking parlour, obstetrics, and other potentially messy tasks around animals.  The waterproof and breathable Stormgear™ fabric keeps you clean, and the highly breathable mesh back section ensures you stay cool.  The mesh back is not waterproof, and allows you to stay cool and comfortable even in highly exertive tasks in stuffy environments.