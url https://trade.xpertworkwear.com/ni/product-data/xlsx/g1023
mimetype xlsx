--- v0 (2025-10-25)
+++ v1 (2026-03-11)
@@ -230,51 +230,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W8"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="44"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="38"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="11"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="59"/>
     <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="60"/>
     <col min="19" max="19" width="56"/>
     <col min="20" max="20" width="42"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -342,51 +342,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>13.95</v>
       </c>
       <c r="L2">
-        <v>32.00000</v>
+        <v>26.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>13.95</v>
       </c>
       <c r="L3">
-        <v>26.00000</v>
+        <v>143.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>13.95</v>
       </c>
       <c r="L4">
-        <v>56.00000</v>
+        <v>240.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>13.95</v>
       </c>
       <c r="L5">
-        <v>47.00000</v>
+        <v>197.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -598,51 +598,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>13.95</v>
       </c>
       <c r="L6">
-        <v>54.00000</v>
+        <v>177.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>13.95</v>
       </c>
       <c r="L7">
-        <v>27.00000</v>
+        <v>207.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>13.95</v>
       </c>
       <c r="L8">
-        <v>31.00000</v>
+        <v>104.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Core Softshell Bodywarmer is the no-nonsense go-to for active work in mild to cold weather conditions.  The water repellent and wind resistant shell provides protection from the elements, and adjustable waistline keep it snug.  Contrasting side panels for style, this bodywarmer is durable, functional, and tough, with quality built in as standard.</t>