--- v1 (2025-12-12)
+++ v2 (2026-03-12)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="54"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="48"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="9"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="8"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="33"/>
     <col min="16" max="16" width="19"/>
     <col min="17" max="17" width="14"/>
     <col min="18" max="18" width="26"/>
     <col min="19" max="19" width="18"/>
     <col min="20" max="20" width="29"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.95</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Champion Arundel Quilted Bodywarmer, and great everyday wear for the busy trade professional. With a full fleece lining and a microfibre fabric means the fit and warmth is second to none. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisurewear.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.95</v>
       </c>
       <c r="L3">
-        <v>0.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Champion Arundel Quilted Bodywarmer, and great everyday wear for the busy trade professional. With a full fleece lining and a microfibre fabric means the fit and warmth is second to none. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisurewear.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.95</v>
       </c>
       <c r="L4">
-        <v>0.00000</v>
+        <v>13.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Champion Arundel Quilted Bodywarmer, and great everyday wear for the busy trade professional. With a full fleece lining and a microfibre fabric means the fit and warmth is second to none. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisurewear.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.95</v>
       </c>
       <c r="L5">
-        <v>5.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Champion Arundel Quilted Bodywarmer, and great everyday wear for the busy trade professional. With a full fleece lining and a microfibre fabric means the fit and warmth is second to none. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisurewear.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>18.95</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Champion Arundel Quilted Bodywarmer, and great everyday wear for the busy trade professional. With a full fleece lining and a microfibre fabric means the fit and warmth is second to none. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisurewear.</t>