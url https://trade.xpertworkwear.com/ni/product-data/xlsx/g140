--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -374,51 +374,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W24"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="38"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="32"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="26"/>
     <col min="16" max="16" width="16"/>
     <col min="17" max="17" width="33"/>
     <col min="18" max="18" width="23"/>
     <col min="19" max="19" width="16"/>
     <col min="20" max="20" width="20"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -486,51 +486,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.50</v>
       </c>
       <c r="L2">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -614,51 +614,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.50</v>
       </c>
       <c r="L4">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -678,51 +678,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.50</v>
       </c>
       <c r="L5">
-        <v>2.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -806,51 +806,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.50</v>
       </c>
       <c r="L7">
-        <v>11.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -934,51 +934,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62034211</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>18.50</v>
       </c>
       <c r="L9">
-        <v>10.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -998,51 +998,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.50</v>
       </c>
       <c r="L10">
-        <v>8.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1062,51 +1062,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>62034211</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>18.50</v>
       </c>
       <c r="L11">
-        <v>5.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1126,51 +1126,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>62034211</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>18.50</v>
       </c>
       <c r="L12">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
       <c r="T12" t="s">
         <v>34</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1190,51 +1190,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>62034211</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>18.50</v>
       </c>
       <c r="L13">
-        <v>5.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1254,51 +1254,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>62034211</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>18.50</v>
       </c>
       <c r="L14">
-        <v>1.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1382,51 +1382,51 @@
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" t="s">
         <v>26</v>
       </c>
       <c r="H16">
         <v>62034211</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2">
         <v>18.50</v>
       </c>
       <c r="L16">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="O16" t="s">
         <v>29</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
       <c r="T16" t="s">
         <v>34</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>