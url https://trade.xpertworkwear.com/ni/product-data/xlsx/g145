--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -605,51 +605,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>23.95</v>
       </c>
       <c r="L4">
-        <v>5.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -733,51 +733,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>23.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -861,51 +861,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62034211</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>23.95</v>
       </c>
       <c r="L8">
-        <v>6.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -989,51 +989,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>23.95</v>
       </c>
       <c r="L10">
-        <v>8.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -1117,51 +1117,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>62034211</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>23.95</v>
       </c>
       <c r="L12">
-        <v>8.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
       <c r="T12" t="s">
         <v>34</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -1245,51 +1245,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>62034211</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>23.95</v>
       </c>
       <c r="L14">
-        <v>2.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -1309,51 +1309,51 @@
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>26</v>
       </c>
       <c r="H15">
         <v>62034211</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="2">
         <v>23.95</v>
       </c>
       <c r="L15">
-        <v>0.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="O15" t="s">
         <v>29</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>
@@ -1501,51 +1501,51 @@
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18">
         <v>62034211</v>
       </c>
       <c r="I18" t="s">
         <v>27</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2">
         <v>23.95</v>
       </c>
       <c r="L18">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="O18" t="s">
         <v>29</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
       <c r="T18" t="s">
         <v>34</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>Tuffstuff Proflex Stretch Work Trouser with reinforced holster pocket, kneepad pockets and Tuff-Tex reinforced hem with triple stitching ensure a durable trouser for trade professionals. Tuffstuff is the quality workwear range tried-and-tested by trade professionals, combining modern design with innovative, protective fabrics.</t>