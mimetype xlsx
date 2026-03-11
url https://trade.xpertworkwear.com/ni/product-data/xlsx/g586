--- v1 (2025-12-12)
+++ v2 (2026-03-11)
@@ -303,51 +303,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61169100</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>3.75</v>
       </c>
       <c r="L2">
-        <v>96.00000</v>
+        <v>24.00000</v>
       </c>
       <c r="M2">
         <v>120</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tuff Grip II Grade 5 Cut Resistant Glove, suitable for a range of applications when users can come into contact with sharp objects. Built with HPPE cut 5 liner and PU coating offers the highest level of cut protection for the hands to ensure safe work.</t>
@@ -367,51 +367,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61169100</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>3.75</v>
       </c>
       <c r="L3">
-        <v>171.00000</v>
+        <v>86.00000</v>
       </c>
       <c r="M3">
         <v>120</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Tuff Grip II Grade 5 Cut Resistant Glove, suitable for a range of applications when users can come into contact with sharp objects. Built with HPPE cut 5 liner and PU coating offers the highest level of cut protection for the hands to ensure safe work.</t>
@@ -431,51 +431,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61169100</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>3.75</v>
       </c>
       <c r="L4">
-        <v>108.00000</v>
+        <v>120.00000</v>
       </c>
       <c r="M4">
         <v>120</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Tuff Grip II Grade 5 Cut Resistant Glove, suitable for a range of applications when users can come into contact with sharp objects. Built with HPPE cut 5 liner and PU coating offers the highest level of cut protection for the hands to ensure safe work.</t>