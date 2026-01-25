--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="13"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="51"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="45"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="8"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="19"/>
     <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="31"/>
     <col min="18" max="18" width="17"/>
     <col min="19" max="19" width="12"/>
     <col min="20" max="20" width="18"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>11.50</v>
       </c>
       <c r="L3">
-        <v>3.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When rain makes an appearance, pull out your trusty packaway overtrousers. The men's overtrousers are waterproof and breathable and come with taped seams to prevent rain getting in. The lightweight trousers come with an elasticated waist, perfect for movement.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>11.50</v>
       </c>
       <c r="L4">
-        <v>8.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>When rain makes an appearance, pull out your trusty packaway overtrousers. The men's overtrousers are waterproof and breathable and come with taped seams to prevent rain getting in. The lightweight trousers come with an elasticated waist, perfect for movement.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>11.50</v>
       </c>
       <c r="L5">
-        <v>10.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>When rain makes an appearance, pull out your trusty packaway overtrousers. The men's overtrousers are waterproof and breathable and come with taped seams to prevent rain getting in. The lightweight trousers come with an elasticated waist, perfect for movement.</t>