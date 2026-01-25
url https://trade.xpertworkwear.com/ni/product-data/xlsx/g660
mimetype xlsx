--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -336,51 +336,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>16.50</v>
       </c>
       <c r="L2">
-        <v>1.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -397,51 +397,51 @@
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>16.50</v>
       </c>
       <c r="L3">
-        <v>8.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
         <v>32</v>
       </c>
       <c r="T3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -458,51 +458,51 @@
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>16.50</v>
       </c>
       <c r="L4">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
       <c r="S4" t="s">
         <v>32</v>
       </c>
       <c r="T4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -519,51 +519,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62033911</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>16.50</v>
       </c>
       <c r="L5">
-        <v>6.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>32</v>
       </c>
       <c r="T5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -580,51 +580,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62033911</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>16.50</v>
       </c>
       <c r="L6">
-        <v>0.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="T6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>
@@ -641,51 +641,51 @@
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="H7">
         <v>62033911</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="2">
         <v>16.50</v>
       </c>
       <c r="L7">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
       <c r="S7" t="s">
         <v>32</v>
       </c>
       <c r="T7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Reversible Bodywarmer is essential to outside workers when safety is paramount. Built with comfort, durability and userbility in mind. Heavy duty fastenings and padding throughout with a navy fabric fleece for added warmth in the colder nights. Great for all outside work applications.</t>