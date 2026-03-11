--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -233,51 +233,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W8"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="51"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="45"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="11"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="60"/>
     <col min="16" max="16" width="50"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="56"/>
     <col min="19" max="19" width="54"/>
     <col min="20" max="20" width="28"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -345,51 +345,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>20.95</v>
       </c>
       <c r="L2">
-        <v>129.00000</v>
+        <v>113.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>
@@ -409,51 +409,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="K3" s="2">
         <v>20.95</v>
       </c>
       <c r="L3">
-        <v>724.00000</v>
+        <v>624.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>
@@ -473,51 +473,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="2">
         <v>20.95</v>
       </c>
       <c r="L4">
-        <v>961.00000</v>
+        <v>727.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>
@@ -537,51 +537,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="2">
         <v>20.95</v>
       </c>
       <c r="L5">
-        <v>1198.00000</v>
+        <v>901.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>
@@ -601,51 +601,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="2">
         <v>20.95</v>
       </c>
       <c r="L6">
-        <v>1140.00000</v>
+        <v>905.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>
@@ -665,51 +665,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="2">
         <v>20.95</v>
       </c>
       <c r="L7">
-        <v>450.00000</v>
+        <v>326.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>
@@ -729,51 +729,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>20.95</v>
       </c>
       <c r="L8">
-        <v>264.00000</v>
+        <v>210.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Panelled Bodywarmer is built with hard work in mind. The extremely tough rip-stop PU coated nylon shell is water and tear resistant.  The close fitting style works equally well as an outer or under garment.  We’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.</t>