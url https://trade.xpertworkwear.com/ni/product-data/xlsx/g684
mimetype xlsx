--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -324,51 +324,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62053000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>7.95</v>
       </c>
       <c r="L2">
-        <v>51.00000</v>
+        <v>46.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Stretch Polo Shirt is made from tough but lightweight 100% Polyester 3 ply bird-eye mesh fabric.  This garment has an Anti-Bacterial wicking treatment which pulls moisture away from the body, keeping you comfortable and fresh for longer. A reinforced collar and placket ensure the polo shirt stays smart even after a long days work, while the contrast side panels and reflective details add safety and style.</t>
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62053000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>7.95</v>
       </c>
       <c r="L3">
-        <v>59.00000</v>
+        <v>22.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Stretch Polo Shirt is made from tough but lightweight 100% Polyester 3 ply bird-eye mesh fabric.  This garment has an Anti-Bacterial wicking treatment which pulls moisture away from the body, keeping you comfortable and fresh for longer. A reinforced collar and placket ensure the polo shirt stays smart even after a long days work, while the contrast side panels and reflective details add safety and style.</t>
@@ -516,51 +516,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62053000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>7.95</v>
       </c>
       <c r="L5">
-        <v>77.00000</v>
+        <v>39.00000</v>
       </c>
       <c r="M5">
         <v>50</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Stretch Polo Shirt is made from tough but lightweight 100% Polyester 3 ply bird-eye mesh fabric.  This garment has an Anti-Bacterial wicking treatment which pulls moisture away from the body, keeping you comfortable and fresh for longer. A reinforced collar and placket ensure the polo shirt stays smart even after a long days work, while the contrast side panels and reflective details add safety and style.</t>