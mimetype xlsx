--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -324,51 +324,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62053000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>7.95</v>
       </c>
       <c r="L2">
-        <v>46.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Stretch Polo Shirt is made from tough but lightweight 100% Polyester 3 ply bird-eye mesh fabric.  This garment has an Anti-Bacterial wicking treatment which pulls moisture away from the body, keeping you comfortable and fresh for longer. A reinforced collar and placket ensure the polo shirt stays smart even after a long days work, while the contrast side panels and reflective details add safety and style.</t>
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62053000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>7.95</v>
       </c>
       <c r="L3">
-        <v>22.00000</v>
+        <v>64.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Stretch Polo Shirt is made from tough but lightweight 100% Polyester 3 ply bird-eye mesh fabric.  This garment has an Anti-Bacterial wicking treatment which pulls moisture away from the body, keeping you comfortable and fresh for longer. A reinforced collar and placket ensure the polo shirt stays smart even after a long days work, while the contrast side panels and reflective details add safety and style.</t>
@@ -516,51 +516,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62053000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>7.95</v>
       </c>
       <c r="L5">
-        <v>39.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M5">
         <v>50</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Stretch Polo Shirt is made from tough but lightweight 100% Polyester 3 ply bird-eye mesh fabric.  This garment has an Anti-Bacterial wicking treatment which pulls moisture away from the body, keeping you comfortable and fresh for longer. A reinforced collar and placket ensure the polo shirt stays smart even after a long days work, while the contrast side panels and reflective details add safety and style.</t>