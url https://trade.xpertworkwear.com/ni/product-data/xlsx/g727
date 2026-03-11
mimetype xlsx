--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -522,51 +522,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>20.95</v>
       </c>
       <c r="L2">
-        <v>48.00000</v>
+        <v>46.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -586,51 +586,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034211</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>20.95</v>
       </c>
       <c r="L3">
-        <v>13.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -650,51 +650,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>20.95</v>
       </c>
       <c r="L4">
-        <v>60.00000</v>
+        <v>58.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -714,51 +714,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>20.95</v>
       </c>
       <c r="L5">
-        <v>48.00000</v>
+        <v>40.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -778,51 +778,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>20.95</v>
       </c>
       <c r="L6">
-        <v>76.00000</v>
+        <v>26.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -842,51 +842,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>20.95</v>
       </c>
       <c r="L7">
-        <v>102.00000</v>
+        <v>93.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -906,51 +906,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62034211</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>20.95</v>
       </c>
       <c r="L8">
-        <v>18.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -970,51 +970,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62034211</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>20.95</v>
       </c>
       <c r="L9">
-        <v>106.00000</v>
+        <v>26.00000</v>
       </c>
       <c r="M9">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1034,51 +1034,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>20.95</v>
       </c>
       <c r="L10">
-        <v>49.00000</v>
+        <v>17.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1098,51 +1098,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>62034211</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>20.95</v>
       </c>
       <c r="L11">
-        <v>30.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M11">
         <v>20</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1162,51 +1162,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>62034211</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>20.95</v>
       </c>
       <c r="L12">
-        <v>331.00000</v>
+        <v>245.00000</v>
       </c>
       <c r="M12">
         <v>20</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
       <c r="T12" t="s">
         <v>34</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1226,51 +1226,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>62034211</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>20.95</v>
       </c>
       <c r="L13">
-        <v>40.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M13">
         <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1354,51 +1354,51 @@
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>26</v>
       </c>
       <c r="H15">
         <v>62034211</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="2">
         <v>20.95</v>
       </c>
       <c r="L15">
-        <v>127.00000</v>
+        <v>58.00000</v>
       </c>
       <c r="M15">
         <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>29</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1418,51 +1418,51 @@
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" t="s">
         <v>26</v>
       </c>
       <c r="H16">
         <v>62034211</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2">
         <v>20.95</v>
       </c>
       <c r="L16">
-        <v>60.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M16">
         <v>20</v>
       </c>
       <c r="O16" t="s">
         <v>29</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
       <c r="T16" t="s">
         <v>34</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1482,51 +1482,51 @@
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>79</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17">
         <v>62034211</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="2">
         <v>20.95</v>
       </c>
       <c r="L17">
-        <v>63.00000</v>
+        <v>56.00000</v>
       </c>
       <c r="M17">
         <v>20</v>
       </c>
       <c r="O17" t="s">
         <v>29</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="Q17" t="s">
         <v>31</v>
       </c>
       <c r="R17" t="s">
         <v>32</v>
       </c>
       <c r="S17" t="s">
         <v>33</v>
       </c>
       <c r="T17" t="s">
         <v>34</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1546,51 +1546,51 @@
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18">
         <v>62034211</v>
       </c>
       <c r="I18" t="s">
         <v>27</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2">
         <v>20.95</v>
       </c>
       <c r="L18">
-        <v>112.00000</v>
+        <v>71.00000</v>
       </c>
       <c r="M18">
         <v>20</v>
       </c>
       <c r="O18" t="s">
         <v>29</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
       <c r="T18" t="s">
         <v>34</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1610,51 +1610,51 @@
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>26</v>
       </c>
       <c r="H19">
         <v>62034211</v>
       </c>
       <c r="I19" t="s">
         <v>27</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="2">
         <v>20.95</v>
       </c>
       <c r="L19">
-        <v>91.00000</v>
+        <v>75.00000</v>
       </c>
       <c r="M19">
         <v>20</v>
       </c>
       <c r="O19" t="s">
         <v>29</v>
       </c>
       <c r="P19" t="s">
         <v>30</v>
       </c>
       <c r="Q19" t="s">
         <v>31</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
         <v>33</v>
       </c>
       <c r="T19" t="s">
         <v>34</v>
       </c>
       <c r="U19" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1674,51 +1674,51 @@
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
       <c r="H20">
         <v>62034211</v>
       </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="2">
         <v>20.95</v>
       </c>
       <c r="L20">
-        <v>24.00000</v>
+        <v>19.00000</v>
       </c>
       <c r="M20">
         <v>20</v>
       </c>
       <c r="O20" t="s">
         <v>29</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="Q20" t="s">
         <v>31</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1738,51 +1738,51 @@
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>91</v>
       </c>
       <c r="G21" t="s">
         <v>26</v>
       </c>
       <c r="H21">
         <v>62034211</v>
       </c>
       <c r="I21" t="s">
         <v>27</v>
       </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="2">
         <v>20.95</v>
       </c>
       <c r="L21">
-        <v>63.00000</v>
+        <v>48.00000</v>
       </c>
       <c r="M21">
         <v>20</v>
       </c>
       <c r="O21" t="s">
         <v>29</v>
       </c>
       <c r="P21" t="s">
         <v>30</v>
       </c>
       <c r="Q21" t="s">
         <v>31</v>
       </c>
       <c r="R21" t="s">
         <v>32</v>
       </c>
       <c r="S21" t="s">
         <v>33</v>
       </c>
       <c r="T21" t="s">
         <v>34</v>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1802,51 +1802,51 @@
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>26</v>
       </c>
       <c r="H22">
         <v>62034211</v>
       </c>
       <c r="I22" t="s">
         <v>27</v>
       </c>
       <c r="J22" t="s">
         <v>28</v>
       </c>
       <c r="K22" s="2">
         <v>20.95</v>
       </c>
       <c r="L22">
-        <v>87.00000</v>
+        <v>83.00000</v>
       </c>
       <c r="M22">
         <v>20</v>
       </c>
       <c r="O22" t="s">
         <v>29</v>
       </c>
       <c r="P22" t="s">
         <v>30</v>
       </c>
       <c r="Q22" t="s">
         <v>31</v>
       </c>
       <c r="R22" t="s">
         <v>32</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
       <c r="U22" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1866,51 +1866,51 @@
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>26</v>
       </c>
       <c r="H23">
         <v>62034211</v>
       </c>
       <c r="I23" t="s">
         <v>27</v>
       </c>
       <c r="J23" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="2">
         <v>20.95</v>
       </c>
       <c r="L23">
-        <v>24.00000</v>
+        <v>23.00000</v>
       </c>
       <c r="M23">
         <v>20</v>
       </c>
       <c r="O23" t="s">
         <v>29</v>
       </c>
       <c r="P23" t="s">
         <v>30</v>
       </c>
       <c r="Q23" t="s">
         <v>31</v>
       </c>
       <c r="R23" t="s">
         <v>32</v>
       </c>
       <c r="S23" t="s">
         <v>33</v>
       </c>
       <c r="T23" t="s">
         <v>34</v>
       </c>
       <c r="U23" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1930,51 +1930,51 @@
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>100</v>
       </c>
       <c r="G24" t="s">
         <v>26</v>
       </c>
       <c r="H24">
         <v>62034211</v>
       </c>
       <c r="I24" t="s">
         <v>27</v>
       </c>
       <c r="J24" t="s">
         <v>28</v>
       </c>
       <c r="K24" s="2">
         <v>20.95</v>
       </c>
       <c r="L24">
-        <v>20.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M24">
         <v>20</v>
       </c>
       <c r="O24" t="s">
         <v>29</v>
       </c>
       <c r="P24" t="s">
         <v>30</v>
       </c>
       <c r="Q24" t="s">
         <v>31</v>
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
         <v>33</v>
       </c>
       <c r="T24" t="s">
         <v>34</v>
       </c>
       <c r="U24" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -1994,51 +1994,51 @@
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>103</v>
       </c>
       <c r="G25" t="s">
         <v>26</v>
       </c>
       <c r="H25">
         <v>62034211</v>
       </c>
       <c r="I25" t="s">
         <v>27</v>
       </c>
       <c r="J25" t="s">
         <v>28</v>
       </c>
       <c r="K25" s="2">
         <v>20.95</v>
       </c>
       <c r="L25">
-        <v>14.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M25">
         <v>20</v>
       </c>
       <c r="O25" t="s">
         <v>29</v>
       </c>
       <c r="P25" t="s">
         <v>30</v>
       </c>
       <c r="Q25" t="s">
         <v>31</v>
       </c>
       <c r="R25" t="s">
         <v>32</v>
       </c>
       <c r="S25" t="s">
         <v>33</v>
       </c>
       <c r="T25" t="s">
         <v>34</v>
       </c>
       <c r="U25" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>
@@ -2186,51 +2186,51 @@
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>112</v>
       </c>
       <c r="G28" t="s">
         <v>26</v>
       </c>
       <c r="H28">
         <v>62034211</v>
       </c>
       <c r="I28" t="s">
         <v>27</v>
       </c>
       <c r="J28" t="s">
         <v>28</v>
       </c>
       <c r="K28" s="2">
         <v>20.95</v>
       </c>
       <c r="L28">
-        <v>33.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M28">
         <v>20</v>
       </c>
       <c r="O28" t="s">
         <v>29</v>
       </c>
       <c r="P28" t="s">
         <v>30</v>
       </c>
       <c r="Q28" t="s">
         <v>31</v>
       </c>
       <c r="R28" t="s">
         <v>32</v>
       </c>
       <c r="S28" t="s">
         <v>33</v>
       </c>
       <c r="T28" t="s">
         <v>34</v>
       </c>
       <c r="U28" t="inlineStr">
         <is>
           <t>The Xpert™ Core Stretch Work Trouser is a tough 250 GSM poly/cotton work trouser with 360° stretch panels in key stress areas for flexible working.  The tough Nylon 2/2 canvas reinforcement to kneepad pocket and hem is waterproof to keep your knees dry when kneeling on wet surfaces. The holster pockets are large but can still tuck away inside the trouser pocket for a cleaner look.  A modern fit trouser, with YKK zippers, triple stitched seams and bar tacks at stress points for durability.</t>