--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>34051000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>2.50</v>
       </c>
       <c r="L2">
-        <v>884.00000</v>
+        <v>620.00000</v>
       </c>
       <c r="M2">
         <v>12</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Our Xpert™ PRO Wax uses natural ingredients to nourish and protect your boots and restore their natural colour.  Simple and quick to apply, this beeswax dubbin will provide Instant protection against water, oil and dirt, as well as keeping the leather supple and breathable.  Show your footwear some love and apply this every fortnight, and you will notice a dramatic improvement in looks, performance and durability.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">