--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>34051000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>2.50</v>
       </c>
       <c r="L2">
-        <v>620.00000</v>
+        <v>469.00000</v>
       </c>
       <c r="M2">
         <v>12</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Our Xpert™ PRO Wax uses natural ingredients to nourish and protect your boots and restore their natural colour.  Simple and quick to apply, this beeswax dubbin will provide Instant protection against water, oil and dirt, as well as keeping the leather supple and breathable.  Show your footwear some love and apply this every fortnight, and you will notice a dramatic improvement in looks, performance and durability.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">