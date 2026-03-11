--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -288,51 +288,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61102091</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>11.95</v>
       </c>
       <c r="L2">
-        <v>48.00000</v>
+        <v>43.00000</v>
       </c>
       <c r="M2">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for added warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.</t>