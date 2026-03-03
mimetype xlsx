--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>21.50</v>
       </c>
       <c r="L2">
-        <v>1.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements. A full length zip and adjustable cuffs make sure it fits properly when you need it to.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>21.50</v>
       </c>
       <c r="L3">
-        <v>10.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements. A full length zip and adjustable cuffs make sure it fits properly when you need it to.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>21.50</v>
       </c>
       <c r="L4">
-        <v>4.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements. A full length zip and adjustable cuffs make sure it fits properly when you need it to.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>21.50</v>
       </c>
       <c r="L5">
-        <v>0.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements. A full length zip and adjustable cuffs make sure it fits properly when you need it to.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>21.50</v>
       </c>
       <c r="L6">
-        <v>4.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements. A full length zip and adjustable cuffs make sure it fits properly when you need it to.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>21.50</v>
       </c>
       <c r="L7">
-        <v>3.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements. A full length zip and adjustable cuffs make sure it fits properly when you need it to.</t>