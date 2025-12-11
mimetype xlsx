--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -306,51 +306,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034931</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>8.95</v>
       </c>
       <c r="L2">
-        <v>373.00000</v>
+        <v>616.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Split Leggings are made from the same waterproof and breathable material as our other Stormgear products. Waterproof tested to 6,000mm – 4 times the minimum standard – ensuring adequate protection from even the most severe wet weather conditions. These split leg chap style trousers are the go-to garment for farmers in lambing time, and offer waterproof protection for work or leisure. Stud buttons on the bottom hem ensure a close fit around your boots or wellingtons. Height adjustable straps with heavy duty studs. Washable fabric means you can at least start the day clean.</t>
@@ -370,51 +370,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034931</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>8.95</v>
       </c>
       <c r="L3">
-        <v>724.00000</v>
+        <v>661.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Split Leggings are made from the same waterproof and breathable material as our other Stormgear products. Waterproof tested to 6,000mm – 4 times the minimum standard – ensuring adequate protection from even the most severe wet weather conditions. These split leg chap style trousers are the go-to garment for farmers in lambing time, and offer waterproof protection for work or leisure. Stud buttons on the bottom hem ensure a close fit around your boots or wellingtons. Height adjustable straps with heavy duty studs. Washable fabric means you can at least start the day clean.</t>
@@ -434,51 +434,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034931</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>8.95</v>
       </c>
       <c r="L4">
-        <v>536.00000</v>
+        <v>633.00000</v>
       </c>
       <c r="M4">
         <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Split Leggings are made from the same waterproof and breathable material as our other Stormgear products. Waterproof tested to 6,000mm – 4 times the minimum standard – ensuring adequate protection from even the most severe wet weather conditions. These split leg chap style trousers are the go-to garment for farmers in lambing time, and offer waterproof protection for work or leisure. Stud buttons on the bottom hem ensure a close fit around your boots or wellingtons. Height adjustable straps with heavy duty studs. Washable fabric means you can at least start the day clean.</t>