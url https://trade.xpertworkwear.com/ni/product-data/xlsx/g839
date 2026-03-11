--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -306,51 +306,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034931</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>8.95</v>
       </c>
       <c r="L2">
-        <v>616.00000</v>
+        <v>378.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Split Leggings are made from the same waterproof and breathable material as our other Stormgear products. Waterproof tested to 6,000mm – 4 times the minimum standard – ensuring adequate protection from even the most severe wet weather conditions. These split leg chap style trousers are the go-to garment for farmers in lambing time, and offer waterproof protection for work or leisure. Stud buttons on the bottom hem ensure a close fit around your boots or wellingtons. Height adjustable straps with heavy duty studs. Washable fabric means you can at least start the day clean.</t>
@@ -370,51 +370,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034931</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>8.95</v>
       </c>
       <c r="L3">
-        <v>661.00000</v>
+        <v>326.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Split Leggings are made from the same waterproof and breathable material as our other Stormgear products. Waterproof tested to 6,000mm – 4 times the minimum standard – ensuring adequate protection from even the most severe wet weather conditions. These split leg chap style trousers are the go-to garment for farmers in lambing time, and offer waterproof protection for work or leisure. Stud buttons on the bottom hem ensure a close fit around your boots or wellingtons. Height adjustable straps with heavy duty studs. Washable fabric means you can at least start the day clean.</t>
@@ -434,51 +434,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034931</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>8.95</v>
       </c>
       <c r="L4">
-        <v>633.00000</v>
+        <v>401.00000</v>
       </c>
       <c r="M4">
         <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Split Leggings are made from the same waterproof and breathable material as our other Stormgear products. Waterproof tested to 6,000mm – 4 times the minimum standard – ensuring adequate protection from even the most severe wet weather conditions. These split leg chap style trousers are the go-to garment for farmers in lambing time, and offer waterproof protection for work or leisure. Stud buttons on the bottom hem ensure a close fit around your boots or wellingtons. Height adjustable straps with heavy duty studs. Washable fabric means you can at least start the day clean.</t>