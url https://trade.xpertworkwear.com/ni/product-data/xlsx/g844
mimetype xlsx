--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -369,51 +369,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62113310</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.95</v>
       </c>
       <c r="L2">
-        <v>183.00000</v>
+        <v>121.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -433,51 +433,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62113310</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.95</v>
       </c>
       <c r="L3">
-        <v>386.00000</v>
+        <v>336.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62113310</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.95</v>
       </c>
       <c r="L4">
-        <v>502.00000</v>
+        <v>433.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -561,51 +561,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62113310</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.95</v>
       </c>
       <c r="L5">
-        <v>590.00000</v>
+        <v>478.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -625,51 +625,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62113310</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>18.95</v>
       </c>
       <c r="L6">
-        <v>650.00000</v>
+        <v>500.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -689,51 +689,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62113310</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.95</v>
       </c>
       <c r="L7">
-        <v>571.00000</v>
+        <v>427.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -753,51 +753,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62113310</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>18.95</v>
       </c>
       <c r="L8">
-        <v>340.00000</v>
+        <v>239.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -817,51 +817,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62113310</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>18.95</v>
       </c>
       <c r="L9">
-        <v>181.00000</v>
+        <v>130.00000</v>
       </c>
       <c r="M9">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -881,51 +881,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62113310</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.95</v>
       </c>
       <c r="L10">
-        <v>69.00000</v>
+        <v>29.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -945,51 +945,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>62113310</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>18.95</v>
       </c>
       <c r="L11">
-        <v>3.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M11">
         <v>20</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>