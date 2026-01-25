--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -369,51 +369,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62113310</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.95</v>
       </c>
       <c r="L2">
-        <v>121.00000</v>
+        <v>85.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -433,51 +433,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62113310</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.95</v>
       </c>
       <c r="L3">
-        <v>336.00000</v>
+        <v>299.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62113310</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.95</v>
       </c>
       <c r="L4">
-        <v>433.00000</v>
+        <v>374.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -561,51 +561,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62113310</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.95</v>
       </c>
       <c r="L5">
-        <v>478.00000</v>
+        <v>400.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -625,51 +625,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62113310</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>18.95</v>
       </c>
       <c r="L6">
-        <v>500.00000</v>
+        <v>421.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -689,51 +689,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62113310</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.95</v>
       </c>
       <c r="L7">
-        <v>427.00000</v>
+        <v>386.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -753,51 +753,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62113310</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>18.95</v>
       </c>
       <c r="L8">
-        <v>239.00000</v>
+        <v>193.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -817,51 +817,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62113310</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>18.95</v>
       </c>
       <c r="L9">
-        <v>130.00000</v>
+        <v>108.00000</v>
       </c>
       <c r="M9">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
@@ -881,51 +881,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62113310</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.95</v>
       </c>
       <c r="L10">
-        <v>29.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>