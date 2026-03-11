--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -369,588 +369,606 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62113310</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.95</v>
       </c>
       <c r="L2">
-        <v>85.00000</v>
+        <v>62.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="1">
         <v>5060345832594</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62113310</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.95</v>
       </c>
       <c r="L3">
-        <v>299.00000</v>
+        <v>266.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" s="1">
         <v>5060345832600</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62113310</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.95</v>
       </c>
       <c r="L4">
-        <v>374.00000</v>
+        <v>298.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="1">
         <v>5060345832617</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62113310</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.95</v>
       </c>
       <c r="L5">
-        <v>400.00000</v>
+        <v>306.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="1">
         <v>5060345832624</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62113310</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>18.95</v>
       </c>
       <c r="L6">
-        <v>421.00000</v>
+        <v>264.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="1">
         <v>5060345832631</v>
       </c>
       <c r="C7" t="s">
         <v>48</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62113310</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.95</v>
       </c>
       <c r="L7">
-        <v>386.00000</v>
+        <v>283.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" s="1">
         <v>5060345832648</v>
       </c>
       <c r="C8" t="s">
         <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62113310</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>18.95</v>
       </c>
       <c r="L8">
-        <v>193.00000</v>
+        <v>81.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="1">
         <v>5060345832655</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62113310</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>18.95</v>
       </c>
       <c r="L9">
-        <v>108.00000</v>
+        <v>55.00000</v>
       </c>
       <c r="M9">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" s="1">
         <v>5060345832662</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62113310</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.95</v>
       </c>
       <c r="L10">
-        <v>16.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="1">
         <v>5060345832679</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
@@ -970,48 +988,50 @@
         <v>0.00000</v>
       </c>
       <c r="M11">
         <v>20</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
-          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.</t>
+          <t>The Xpert™ Core Coverall is a tough 250GSM poly/cotton coverall with multiple pockets for all your work needs.  No hook &amp; loop fastenings to get clogged up with animal hair or wool!  We’ve used stud fastenings and high quality YKK zips on this garment.  Available in 10 Chest sizes from 36” to 54” so you can get the perfect fit.  Elasticated waist and action back expanding sections for maximum comfort while you work.  We have included a stretch knitted cuff, which comfortably keeps the sleeve in position, and stops debris falling down your sleeve when working above your head.  Reflective piping details at chest, cuff and hem to enhance visibility in low light.
+Chest Sizing guide:
+Small: 36" - 38", Medium: 40" - 42", Large: 44" - 46", X Large: 48" - 50", XX Large 52" - 54"</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>