--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -324,51 +324,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61013090</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>14.95</v>
       </c>
       <c r="L2">
-        <v>564.00000</v>
+        <v>512.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61013090</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>14.95</v>
       </c>
       <c r="L3">
-        <v>463.00000</v>
+        <v>353.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61013090</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>14.95</v>
       </c>
       <c r="L4">
-        <v>400.00000</v>
+        <v>239.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -516,51 +516,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61013090</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>14.95</v>
       </c>
       <c r="L5">
-        <v>365.00000</v>
+        <v>268.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -580,51 +580,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61013090</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>14.95</v>
       </c>
       <c r="L6">
-        <v>251.00000</v>
+        <v>169.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>