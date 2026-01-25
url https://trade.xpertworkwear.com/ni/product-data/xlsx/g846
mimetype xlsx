--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -324,51 +324,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61013090</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>14.95</v>
       </c>
       <c r="L2">
-        <v>512.00000</v>
+        <v>484.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61013090</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>14.95</v>
       </c>
       <c r="L3">
-        <v>353.00000</v>
+        <v>282.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61013090</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>14.95</v>
       </c>
       <c r="L4">
-        <v>239.00000</v>
+        <v>168.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -516,51 +516,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61013090</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>14.95</v>
       </c>
       <c r="L5">
-        <v>268.00000</v>
+        <v>222.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>
@@ -580,51 +580,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61013090</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>14.95</v>
       </c>
       <c r="L6">
-        <v>169.00000</v>
+        <v>140.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Half-Zip Tech Fleece in Navy is seriously warm and perfect for layering up. It's great on its own, or it fits comfortably under a jacket. Packed full of features to make your workday more comfortable, it is perfect for enduring windy days in punishing environments. The cam-lock neck zip allows you to lock the zip in a comfortable position, and the thumb holes are great if wearing gloves or for extra warmth. This garment is extremely stretchy and close-fitting, with sufficient length in the body to tuck it in if you wish.</t>