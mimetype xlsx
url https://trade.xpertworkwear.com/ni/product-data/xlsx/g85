--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>36.95</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>36.95</v>
       </c>
       <c r="L3">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>36.95</v>
       </c>
       <c r="L4">
-        <v>3.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>36.95</v>
       </c>
       <c r="L5">
-        <v>9.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>36.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>36.95</v>
       </c>
       <c r="L7">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>