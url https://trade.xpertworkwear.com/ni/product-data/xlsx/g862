--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -342,51 +342,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.95</v>
       </c>
       <c r="L2">
-        <v>175.00000</v>
+        <v>156.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.95</v>
       </c>
       <c r="L3">
-        <v>264.00000</v>
+        <v>238.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.95</v>
       </c>
       <c r="L4">
-        <v>347.00000</v>
+        <v>272.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.95</v>
       </c>
       <c r="L5">
-        <v>173.00000</v>
+        <v>88.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>15.95</v>
       </c>
       <c r="L7">
-        <v>157.00000</v>
+        <v>115.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>15.95</v>
       </c>
       <c r="L8">
-        <v>133.00000</v>
+        <v>122.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>