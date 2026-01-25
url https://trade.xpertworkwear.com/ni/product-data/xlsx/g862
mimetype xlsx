--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -342,51 +342,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.95</v>
       </c>
       <c r="L2">
-        <v>156.00000</v>
+        <v>144.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.95</v>
       </c>
       <c r="L3">
-        <v>238.00000</v>
+        <v>208.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.95</v>
       </c>
       <c r="L4">
-        <v>272.00000</v>
+        <v>225.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.95</v>
       </c>
       <c r="L5">
-        <v>88.00000</v>
+        <v>473.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -598,51 +598,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>15.95</v>
       </c>
       <c r="L6">
-        <v>0.00000</v>
+        <v>736.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>15.95</v>
       </c>
       <c r="L7">
-        <v>115.00000</v>
+        <v>289.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>15.95</v>
       </c>
       <c r="L8">
-        <v>122.00000</v>
+        <v>132.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ CORE padded bodywarmer features a 6-panel cosy fill design and is guaranteed to keep you warm. With a really tough 300D Oxford shell, it's also durable, water-repellent and abrasion-resistant. No compromise on quality, with YKK main zip and fleece-lined collar. Zipped chest pocket, internal pocket and two hand warmer pockets. Available in 3 colour options and a comprehensive size range. A brilliant all-rounder – enjoy your outdoor experience with the Xpert™ CORE Padded Bodywarmer, where warmth meets great design.</t>