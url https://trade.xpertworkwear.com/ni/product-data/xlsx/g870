--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -279,51 +279,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>64069050</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>0.95</v>
       </c>
       <c r="L2">
-        <v>2662.00000</v>
+        <v>2494.00000</v>
       </c>
       <c r="M2">
         <v>500</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Use Xpert™ Hard wearing boot laces for reliable performance and durability. The polyester woven construction allows the laces to stretch a little along the length when pulled, which aids comfort and allows these laces to make reliable knots. The syntheticyarn is not affected by constant wet conditions. Tried and tested, these boot laces are an established top quality hard-wearing product. 140cm length is suitable for boots with up to 6 Eye</t>
         </is>
       </c>
     </row>