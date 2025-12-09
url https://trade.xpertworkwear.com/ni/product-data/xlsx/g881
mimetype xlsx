--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -345,51 +345,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61033300</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>31.95</v>
       </c>
       <c r="L2">
-        <v>57.00000</v>
+        <v>40.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -412,51 +412,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61033300</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>31.95</v>
       </c>
       <c r="L3">
-        <v>136.00000</v>
+        <v>101.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -479,51 +479,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61033300</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>31.95</v>
       </c>
       <c r="L4">
-        <v>318.00000</v>
+        <v>241.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -546,51 +546,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61033300</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>31.95</v>
       </c>
       <c r="L5">
-        <v>370.00000</v>
+        <v>257.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -613,51 +613,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61033300</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>31.95</v>
       </c>
       <c r="L6">
-        <v>280.00000</v>
+        <v>195.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -680,51 +680,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>61033300</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>31.95</v>
       </c>
       <c r="L7">
-        <v>49.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -747,51 +747,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>61033300</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>31.95</v>
       </c>
       <c r="L8">
-        <v>0.00000</v>
+        <v>44.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>