--- v1 (2025-12-09)
+++ v2 (2026-01-25)
@@ -101,66 +101,68 @@
   <si>
     <t>Swampmaster No-Sweat Thermgear Waterproof Lined Jacket Navy - XS</t>
   </si>
   <si>
     <t>SWP7010</t>
   </si>
   <si>
     <t>Swampmaster No-Sweat Thermgear Waterproof Lined Jacket Navy</t>
   </si>
   <si>
     <t>XS</t>
   </si>
   <si>
     <t>Xpert Swampmaster</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>0.50Kg</t>
   </si>
   <si>
     <t>EN 343:2019 4:2</t>
   </si>
   <si>
+    <t>Q1 OFFER!
+BUY THE THERMGEAR JACKET, GET THE THERMGEAR TROUSERS FREE!
+Deal ends 31st March 2026</t>
+  </si>
+  <si>
     <t>CERTIFIED – Conforms to EN 343:2019 4:2</t>
   </si>
   <si>
     <t>Dry-X™  – Waterproof, Windproof and Breathable Fabric</t>
   </si>
   <si>
     <t> Fully waterproof sealed and welded seams</t>
   </si>
   <si>
     <t>Class 4 Water Penetration</t>
   </si>
   <si>
     <t>Class 2 Breathability</t>
-  </si>
-[...1 lines deleted...]
-    <t>Foldaway Hood with Adjustable Drawcord</t>
   </si>
   <si>
     <t>SWP7010-S</t>
   </si>
   <si>
     <t>Swampmaster No-Sweat Thermgear Waterproof Lined Jacket Navy - S</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>SWP7010-M</t>
   </si>
   <si>
     <t>Swampmaster No-Sweat Thermgear Waterproof Lined Jacket Navy - M</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>SWP7010-L</t>
   </si>
   <si>
     <t>Swampmaster No-Sweat Thermgear Waterproof Lined Jacket Navy - L</t>
   </si>
@@ -233,59 +235,59 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W8"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="18"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="10"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="16"/>
-    <col min="15" max="15" width="40"/>
-[...4 lines deleted...]
-    <col min="20" max="20" width="39"/>
+    <col min="15" max="15" width="60"/>
+    <col min="16" max="16" width="40"/>
+    <col min="17" max="17" width="54"/>
+    <col min="18" max="18" width="42"/>
+    <col min="19" max="19" width="26"/>
+    <col min="20" max="20" width="22"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -345,51 +347,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61033300</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>31.95</v>
       </c>
       <c r="L2">
-        <v>40.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -412,51 +414,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61033300</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>31.95</v>
       </c>
       <c r="L3">
-        <v>101.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -479,51 +481,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61033300</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>31.95</v>
       </c>
       <c r="L4">
-        <v>241.00000</v>
+        <v>41.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -546,51 +548,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61033300</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>31.95</v>
       </c>
       <c r="L5">
-        <v>257.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -613,51 +615,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61033300</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>31.95</v>
       </c>
       <c r="L6">
-        <v>195.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -680,51 +682,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>61033300</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>31.95</v>
       </c>
       <c r="L7">
-        <v>14.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -747,51 +749,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>61033300</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>31.95</v>
       </c>
       <c r="L8">
-        <v>44.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>