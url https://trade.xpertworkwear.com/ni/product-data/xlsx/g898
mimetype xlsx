--- v1 (2025-12-11)
+++ v2 (2026-01-25)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.95</v>
       </c>
       <c r="L2">
-        <v>409.00000</v>
+        <v>408.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.95</v>
       </c>
       <c r="L4">
-        <v>167.00000</v>
+        <v>165.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.95</v>
       </c>
       <c r="L5">
-        <v>106.00000</v>
+        <v>107.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>15.95</v>
       </c>
       <c r="L6">
-        <v>264.00000</v>
+        <v>260.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>15.95</v>
       </c>
       <c r="L7">
-        <v>266.00000</v>
+        <v>268.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>