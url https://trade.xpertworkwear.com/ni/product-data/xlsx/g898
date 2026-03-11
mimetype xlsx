--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.95</v>
       </c>
       <c r="L2">
-        <v>408.00000</v>
+        <v>407.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034211</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.95</v>
       </c>
       <c r="L3">
-        <v>206.00000</v>
+        <v>199.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.95</v>
       </c>
       <c r="L4">
-        <v>165.00000</v>
+        <v>157.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.95</v>
       </c>
       <c r="L5">
-        <v>107.00000</v>
+        <v>99.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>15.95</v>
       </c>
       <c r="L6">
-        <v>260.00000</v>
+        <v>256.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>15.95</v>
       </c>
       <c r="L7">
-        <v>268.00000</v>
+        <v>266.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Experience comfort and functionality combined in the Xpert Pro Stretch+ Holster Pocket Work Shorts. Designed for professionals who demand both efficiency and style, these shorts feature extra-large, foldaway holster pockets and various utility pockets, perfectly suited for storing tools and personal items. Ideal for outdoor work during the Summer for farmers, craftsmen, and DIYers, these shorts blend durability, practicality, and style to keep you comfortable while you work. Perfect for both professional environments and personal projects.</t>